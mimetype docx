--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -73,51 +73,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>CHECKLIST</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B67602" w14:textId="77777777" w:rsidR="00AF5DFD" w:rsidRPr="00787540" w:rsidRDefault="00AF5DFD" w:rsidP="00454CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1349A531" w14:textId="39D93F42" w:rsidR="00AF5DFD" w:rsidRDefault="00787540" w:rsidP="0099234B">
+    <w:p w14:paraId="1349A531" w14:textId="2E5BA686" w:rsidR="00AF5DFD" w:rsidRDefault="00787540" w:rsidP="0099234B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">We hope that your stay in Finland will be </w:t>
       </w:r>
       <w:r w:rsidR="00F03DD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
@@ -127,51 +127,87 @@
       <w:r w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and successful! We are providing this checklist to help you remember </w:t>
       </w:r>
       <w:r w:rsidR="00211535">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>many</w:t>
       </w:r>
       <w:r w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> items that if left undone may become bothersome later.</w:t>
+        <w:t xml:space="preserve"> items that</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5907">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787540">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if left undone</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5907">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787540">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may become bothersome later.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3CF3FD" w14:textId="77777777" w:rsidR="00712173" w:rsidRDefault="00712173" w:rsidP="0099234B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F22F1C1" w14:textId="5E5CA6CF" w:rsidR="00712173" w:rsidRPr="00712173" w:rsidRDefault="00712173" w:rsidP="00712173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -272,176 +308,180 @@
         <w:t>Before Arrival</w:t>
       </w:r>
       <w:r w:rsidR="00211535" w:rsidRPr="00F06C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F06C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> I have</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ABE115E" w14:textId="2903DFD2" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="2ABE115E" w14:textId="114A21FA" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="961237925"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Filled out the </w:t>
       </w:r>
-      <w:r w:rsidR="00787540" w:rsidRPr="00787540">
-[...18 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00787540" w:rsidRPr="00211535">
+        <w:r w:rsidR="002864C5" w:rsidRPr="002864C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="28"/>
-[...3 lines deleted...]
-          <w:t>form</w:t>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Grantee Inform</w:t>
+        </w:r>
+        <w:r w:rsidR="002864C5" w:rsidRPr="002864C5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="002864C5" w:rsidRPr="002864C5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>tion and Consent Form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58AD174B" w14:textId="1B8AFDD9" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="58AD174B" w14:textId="1B8AFDD9" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1989549846"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -539,77 +579,76 @@
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00787540" w:rsidRPr="00787540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Guide for Coming to Finland</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D71E9FF" w14:textId="05348E54" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="5D71E9FF" w14:textId="05348E54" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="713779823"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -694,77 +733,76 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(no reminders will be sent by </w:t>
       </w:r>
       <w:r w:rsidR="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the Foundation</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBD174C" w14:textId="44BBD046" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="3CBD174C" w14:textId="44BBD046" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="764728074"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -865,77 +903,76 @@
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00C03CAC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> degree students</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4A35D5" w14:textId="6BE4C9A2" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="6A4A35D5" w14:textId="6BE4C9A2" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1197279444"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -980,77 +1017,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – at least </w:t>
       </w:r>
       <w:r w:rsidR="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="009A5FEA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> months lead time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0983BA57" w14:textId="43183E31" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="0983BA57" w14:textId="43183E31" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="158282714"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1158,77 +1194,76 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00C03CAC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>if you are bringing your family</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D724C22" w14:textId="74B49775" w:rsidR="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="4D724C22" w14:textId="74B49775" w:rsidR="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-746257219"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1284,77 +1319,76 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Finland for my children (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4825BEC5" w14:textId="3471FA8E" w:rsidR="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="4825BEC5" w14:textId="3471FA8E" w:rsidR="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="226583066"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1400,76 +1434,75 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00211535">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>U.S. Teachers</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>) for medical clearance according to their instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F4AD8C" w14:textId="3A9B98F4" w:rsidR="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="06F4AD8C" w14:textId="3A9B98F4" w:rsidR="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1777681064"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1531,77 +1564,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>oundation</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1C1B6D" w14:textId="4DBD84F7" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="0D1C1B6D" w14:textId="4DBD84F7" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1304"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1057824827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00712173">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1626,370 +1658,365 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grant Authorization (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Terms of Award for teachers</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A54EE2E" w14:textId="2CD1A784" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="0A54EE2E" w14:textId="2CD1A784" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1304"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1631507549"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IREX Grant Authorization (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>teachers only</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60758E66" w14:textId="632EE7D0" w:rsidR="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="60758E66" w14:textId="632EE7D0" w:rsidR="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1304"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1083729097"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Fact Sheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057A5881" w14:textId="66411FD1" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="057A5881" w14:textId="66411FD1" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1304"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2117874284"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F03DD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a g</w:t>
       </w:r>
       <w:r w:rsidR="00211535">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ood quality p</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>hoto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A20369" w14:textId="11F0B38B" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="41A20369" w14:textId="11F0B38B" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1304"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-144056217"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Travel and Residence Permit Allowance </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6EDA681D" w14:textId="3727C92C" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="6EDA681D" w14:textId="3727C92C" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-179815172"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2064,77 +2091,76 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> discussed my family’s housing needs with my host (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>scholars</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD91F17" w14:textId="025B0248" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="4BD91F17" w14:textId="025B0248" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="358544173"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2186,77 +2212,76 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arrival Orientation (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for August and January arrivals</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638A8740" w14:textId="3946B364" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00787540">
+    <w:p w14:paraId="638A8740" w14:textId="3946B364" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00787540">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-469356409"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2275,77 +2300,76 @@
         </w:rPr>
         <w:t xml:space="preserve">egun to learn some </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00787540" w:rsidRPr="000540A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Finnish language</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and read about the country and culture. Potentially considered Finnish summer schools on language, culture, and society for international visitors. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5473908B" w14:textId="0B905A76" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00C03CAC">
+    <w:p w14:paraId="5473908B" w14:textId="0B905A76" w:rsidR="00787540" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00C03CAC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-647352606"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2407,77 +2431,76 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> my academic year (</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="004F16D1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>optional</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730A277A" w14:textId="01628C76" w:rsidR="00787540" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="730A277A" w14:textId="01628C76" w:rsidR="00787540" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1936282339"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2583,77 +2606,76 @@
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Fly America Act</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00787540" w:rsidRPr="00D32CFA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and follow IREX guidelines</w:t>
       </w:r>
       <w:r w:rsidR="00787540" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B7278F" w14:textId="685CDE5D" w:rsidR="00787540" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="14B7278F" w14:textId="685CDE5D" w:rsidR="00787540" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-536045423"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2780,77 +2802,76 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Scholars and Teachers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0F244E" w14:textId="37C0C3FF" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="5C0F244E" w14:textId="37C0C3FF" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="871036314"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -2888,145 +2909,143 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>expectations</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> my host and I have for my Fulbright term</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4BF0A092" w14:textId="6BF33E1F" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="4BF0A092" w14:textId="6BF33E1F" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-789434386"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>reated a concrete work plan and time frame</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694CF1E1" w14:textId="4DCB8A39" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="694CF1E1" w14:textId="4DCB8A39" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1847442192"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3052,77 +3071,76 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>teachers</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>) and discussed the availability of reading materials I wish to use in my classroom in Finland. I have made the arrangements to acquire them if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00F03DD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C06FA21" w14:textId="76C29848" w:rsidR="004F16D1" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="1C06FA21" w14:textId="76C29848" w:rsidR="004F16D1" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1596288580"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3177,145 +3195,143 @@
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, the</w:t>
       </w:r>
       <w:r w:rsidR="000C2582" w:rsidRPr="00C03CAC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> process needs to be started already while in the U.S.</w:t>
       </w:r>
       <w:r w:rsidR="000C2582" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E833B5" w14:textId="1CA67DFD" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="47E833B5" w14:textId="1CA67DFD" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-624616750"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F16D1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F16D1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F16D1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ound out possible host institution’s administrative requirements and deadlines </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2633B0" w14:textId="60683B6D" w:rsidR="00EF72AF" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="6B2633B0" w14:textId="60683B6D" w:rsidR="00EF72AF" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1640462123"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3423,77 +3439,76 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Student researchers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C970417" w14:textId="1BA74A19" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="7C970417" w14:textId="1BA74A19" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:hanging="674"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-540668315"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3529,145 +3544,143 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> my host and I have for my </w:t>
       </w:r>
       <w:r w:rsidR="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>grant</w:t>
       </w:r>
       <w:r w:rsidR="004F16D1" w:rsidRPr="004F16D1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> term</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4884CF8E" w14:textId="637692CB" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="4884CF8E" w14:textId="637692CB" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="300045005"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>reated a concrete work plan and time frame</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1B5553" w14:textId="792BE66C" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="2A1B5553" w14:textId="792BE66C" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:hanging="674"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1091539169"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3717,77 +3730,76 @@
         </w:rPr>
         <w:t>, the</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> process needs to be started already while in the U.S.</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A529B7" w14:textId="047F14D1" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="75A529B7" w14:textId="047F14D1" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:hanging="674"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2088952243"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3836,77 +3848,76 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>can be before your arrival to Finland</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="000C2582">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB58BF6" w14:textId="40F7298C" w:rsidR="00A23C75" w:rsidRPr="00B361EB" w:rsidRDefault="008878C7" w:rsidP="00B361EB">
+    <w:p w14:paraId="5EB58BF6" w14:textId="40F7298C" w:rsidR="00A23C75" w:rsidRPr="00B361EB" w:rsidRDefault="00000000" w:rsidP="00B361EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:hanging="674"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2127419064"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -3976,76 +3987,75 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Degree students</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C71B86" w14:textId="298FCFBF" w:rsidR="00A23C75" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="04C71B86" w14:textId="298FCFBF" w:rsidR="00A23C75" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-211192512"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4159,77 +4169,76 @@
         <w:t xml:space="preserve"> it is difficult to reach university faculty and staff in Finland</w:t>
       </w:r>
       <w:r w:rsidR="00F03DD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> due to summer holidays</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4259F01C" w14:textId="0F5D2C0E" w:rsidR="00A23C75" w:rsidRPr="00787540" w:rsidRDefault="00A23C75" w:rsidP="00454CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35ABA44F" w14:textId="5313953F" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="35ABA44F" w14:textId="5313953F" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1872559473"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4303,77 +4312,76 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and IIE portal and </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="004F16D1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>discussed the topic with my host institution and my home institution's</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> tax specialist/my accountant/IRS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CB2931" w14:textId="783D2087" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="14CB2931" w14:textId="783D2087" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1022396183"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4419,77 +4427,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>grant</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> term</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Finland</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046FCC50" w14:textId="5C15E2BD" w:rsidR="00A23C75" w:rsidRDefault="008878C7" w:rsidP="00EF72AF">
+    <w:p w14:paraId="046FCC50" w14:textId="5C15E2BD" w:rsidR="00A23C75" w:rsidRDefault="00000000" w:rsidP="00EF72AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-437442979"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4541,77 +4548,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, IIE</w:t>
       </w:r>
       <w:r w:rsidR="00F03DD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or IREX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161D6E27" w14:textId="767C0F10" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="161D6E27" w14:textId="767C0F10" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-314881078"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4630,77 +4636,76 @@
         </w:rPr>
         <w:t xml:space="preserve">ead through the list on </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00EF72AF" w:rsidRPr="00D32CFA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>what to bring to Finland</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0217865E" w14:textId="09D44A47" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="0217865E" w14:textId="09D44A47" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1265147241"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EF72AF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4738,77 +4743,76 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00D32CFA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>student grantees</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8A8077" w14:textId="7CFF2C57" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="5B8A8077" w14:textId="7CFF2C57" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1073776441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4893,77 +4897,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00712173">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>oundation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6F3789" w14:textId="1B486EBF" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="6B6F3789" w14:textId="1B486EBF" w:rsidR="00EF72AF" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1913736949"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -4971,77 +4974,76 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">onsidered if I wish to print new business cards for Finland to include the Fulbright status </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(Fulbright U.S. Student Program grantees use Fulbright Student or Fulbright Fellow)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15286DE5" w14:textId="11A23640" w:rsidR="00211535" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="15286DE5" w14:textId="11A23640" w:rsidR="00211535" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-563640131"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -5096,77 +5098,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) registration on the </w:t>
       </w:r>
       <w:r w:rsidR="00F03DD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">U.S. </w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Department of State's website</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DC0478" w14:textId="25B312B5" w:rsidR="00A23C75" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00F03DD5">
+    <w:p w14:paraId="55DC0478" w14:textId="25B312B5" w:rsidR="00A23C75" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00F03DD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="103697029"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00211535">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00211535">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00EF72AF" w:rsidRPr="00EF72AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5190,77 +5191,76 @@
     </w:p>
     <w:p w14:paraId="52515728" w14:textId="6ADA5BB7" w:rsidR="004F35EA" w:rsidRPr="00F06C9F" w:rsidRDefault="004F35EA" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Upon Arrival in Finland, I have</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15897313" w14:textId="6919407C" w:rsidR="004F35EA" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="15897313" w14:textId="6919407C" w:rsidR="004F35EA" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1679496676"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -5294,77 +5294,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>oundation</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> about my arrival</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0B69FA" w14:textId="161F8D09" w:rsidR="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="6F0B69FA" w14:textId="161F8D09" w:rsidR="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1896042434"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -5433,77 +5432,76 @@
         </w:rPr>
         <w:t xml:space="preserve">) and filled out the notice of </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="004F35EA" w:rsidRPr="00131F9C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>move</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE3EFA6" w14:textId="7ACC90EC" w:rsidR="00884E27" w:rsidRPr="00884E27" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="6BE3EFA6" w14:textId="7ACC90EC" w:rsidR="00884E27" w:rsidRPr="00884E27" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-883937895"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00884E27">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00884E27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00884E27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -5513,77 +5511,76 @@
         <w:tab/>
         <w:t xml:space="preserve">Consider applying for a </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00884E27" w:rsidRPr="00884E27">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Finnish ID card or an identity verification</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00884E27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23ED9252" w14:textId="6E06E84F" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="23ED9252" w14:textId="6E06E84F" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-222751394"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5650,105 +5647,104 @@
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008878C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00712173">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>oundation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1324A2" w14:textId="2F655DA2" w:rsidR="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="6C1324A2" w14:textId="2F655DA2" w:rsidR="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1109502519"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00183834">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -5854,230 +5850,221 @@
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00131F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>emergency</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5107BA74" w14:textId="447D4755" w:rsidR="00183834" w:rsidRPr="00183834" w:rsidRDefault="00183834" w:rsidP="00183834">
+    <w:p w14:paraId="5107BA74" w14:textId="447D4755" w:rsidR="00183834" w:rsidRPr="00183834" w:rsidRDefault="00000000" w:rsidP="00183834">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1917692460"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00183834">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004F35EA">
+      <w:r w:rsidR="00183834" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Paid the </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:anchor="studenthealthcare" w:history="1">
-        <w:r w:rsidRPr="00183834">
+        <w:r w:rsidR="00183834" w:rsidRPr="00183834">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>student healthcare fee to KELA</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00183834">
+      <w:r w:rsidR="00183834" w:rsidRPr="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n order to be eligible for Finnish Student Healthcare Services</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00183834">
+      <w:r w:rsidR="00183834" w:rsidRPr="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(paid once per term)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00183834">
+      <w:r w:rsidR="00183834" w:rsidRPr="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>aster's degree students</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00183834">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35715AAE" w14:textId="03CAE94E" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="35715AAE" w14:textId="03CAE94E" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="757331910"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -6093,77 +6080,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ontacted my host </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> taken the measures required by my host institution upon arrival</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B09A8E" w14:textId="1C6E1996" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="58B09A8E" w14:textId="1C6E1996" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="933634419"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -6188,77 +6174,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>found out</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> their opening hours</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and visiting practices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551055B3" w14:textId="7650BEEE" w:rsidR="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="551055B3" w14:textId="7650BEEE" w:rsidR="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-63948780"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -6283,145 +6268,143 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>housing-related</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> matters are in order, such as internet connection, electricity and home insurance, etc.</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35606864" w14:textId="24E595DB" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="35606864" w14:textId="24E595DB" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="307753495"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>articipated in my host institution's orientation events</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EDB925" w14:textId="61E16971" w:rsidR="00944E6B" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00F03DD5">
+    <w:p w14:paraId="29EDB925" w14:textId="61E16971" w:rsidR="00944E6B" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00F03DD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-504671042"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -6508,77 +6491,76 @@
     </w:p>
     <w:p w14:paraId="44B28479" w14:textId="3896E75E" w:rsidR="004F35EA" w:rsidRPr="00F06C9F" w:rsidRDefault="004F35EA" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F06C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Before Departing Finland, I have</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F90F412" w14:textId="2DF8326C" w:rsidR="004F35EA" w:rsidRPr="00787540" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="0F90F412" w14:textId="2DF8326C" w:rsidR="004F35EA" w:rsidRPr="00787540" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2075159572"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008D2A82">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -6669,79 +6651,78 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>oundation</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, IIE and IREX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3782D994" w14:textId="1A0B1D08" w:rsidR="004F35EA" w:rsidRPr="008878C7" w:rsidRDefault="008878C7" w:rsidP="008878C7">
+    <w:p w14:paraId="3782D994" w14:textId="1A0B1D08" w:rsidR="004F35EA" w:rsidRPr="008878C7" w:rsidRDefault="00000000" w:rsidP="008878C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1672784164"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00787540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -6789,206 +6770,203 @@
         </w:rPr>
         <w:t>after receiving all reimbursements and deposits</w:t>
       </w:r>
       <w:r w:rsidR="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00053BFE" w:rsidRPr="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E1D629" w14:textId="2A1EE08B" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="31E1D629" w14:textId="2A1EE08B" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1118909354"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>losed all the contracts made in Finland</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE1C31A" w14:textId="2B6B933C" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="3FE1C31A" w14:textId="2B6B933C" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-440151715"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="004F35EA" w:rsidRPr="00131F9C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Notified</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the authorities of my new address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53069EFA" w14:textId="4800EE84" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="004F35EA">
+    <w:p w14:paraId="53069EFA" w14:textId="4800EE84" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="004F35EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-163790198"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -7045,211 +7023,209 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>agree on a time beforehand</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="00053BFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400DB131" w14:textId="7F924D7B" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="008878C7" w:rsidP="00131F9C">
+    <w:p w14:paraId="400DB131" w14:textId="7F924D7B" w:rsidR="004F35EA" w:rsidRPr="004F35EA" w:rsidRDefault="00000000" w:rsidP="00131F9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="494617901"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>otified my housing manager of my departure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B11274" w14:textId="32226FC1" w:rsidR="00944E6B" w:rsidRPr="00EF72AF" w:rsidRDefault="008878C7" w:rsidP="00131F9C">
+    <w:p w14:paraId="13B11274" w14:textId="32226FC1" w:rsidR="00944E6B" w:rsidRPr="00EF72AF" w:rsidRDefault="00000000" w:rsidP="00131F9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1408193252"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F35EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="004F35EA" w:rsidRPr="004F35EA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>earned how to become an active member of the Friends of Fulbright Finland Alumni group</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00944E6B" w:rsidRPr="00EF72AF" w:rsidSect="00183834">
       <w:headerReference w:type="first" r:id="rId33"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="751A74DE" w14:textId="77777777" w:rsidR="00130BE8" w:rsidRDefault="00130BE8" w:rsidP="00D60365">
+    <w:p w14:paraId="6F068441" w14:textId="77777777" w:rsidR="00BE5B90" w:rsidRDefault="00BE5B90" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AEE0E03" w14:textId="77777777" w:rsidR="00130BE8" w:rsidRDefault="00130BE8" w:rsidP="00D60365">
+    <w:p w14:paraId="48A720EA" w14:textId="77777777" w:rsidR="00BE5B90" w:rsidRDefault="00BE5B90" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7261,75 +7237,75 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75186E8D" w14:textId="77777777" w:rsidR="00130BE8" w:rsidRDefault="00130BE8" w:rsidP="00D60365">
+    <w:p w14:paraId="6DAFF1F3" w14:textId="77777777" w:rsidR="00BE5B90" w:rsidRDefault="00BE5B90" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13D036B5" w14:textId="77777777" w:rsidR="00130BE8" w:rsidRDefault="00130BE8" w:rsidP="00D60365">
+    <w:p w14:paraId="224AD92D" w14:textId="77777777" w:rsidR="00BE5B90" w:rsidRDefault="00BE5B90" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="082B5B0F" w14:textId="4BB7F1A7" w:rsidR="00A23C75" w:rsidRDefault="00A23C75" w:rsidP="00183834">
+  <w:p w14:paraId="082B5B0F" w14:textId="775A2687" w:rsidR="00A23C75" w:rsidRDefault="00A23C75" w:rsidP="00183834">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660286" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02DAC382" wp14:editId="01C5C4CA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>3041650</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>71755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1482725" cy="784225"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="8881" y="1049"/>
               <wp:lineTo x="5273" y="3673"/>
               <wp:lineTo x="5550" y="10494"/>
               <wp:lineTo x="833" y="12068"/>
               <wp:lineTo x="555" y="15216"/>
@@ -7373,177 +7349,179 @@
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1482725" cy="784225"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00787540">
       <w:t xml:space="preserve">As of </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>May</w:t>
+    <w:r w:rsidR="002864C5">
+      <w:t>November</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00787540">
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00F03DD5">
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D60365"/>
     <w:rsid w:val="00053BFE"/>
     <w:rsid w:val="000540A5"/>
     <w:rsid w:val="000B4E52"/>
     <w:rsid w:val="000C2582"/>
     <w:rsid w:val="0013037C"/>
     <w:rsid w:val="00130BE8"/>
     <w:rsid w:val="00131F9C"/>
     <w:rsid w:val="00133BA3"/>
     <w:rsid w:val="0014472D"/>
     <w:rsid w:val="00183834"/>
     <w:rsid w:val="001B45F0"/>
     <w:rsid w:val="001E31BD"/>
+    <w:rsid w:val="00204BFE"/>
     <w:rsid w:val="00211535"/>
     <w:rsid w:val="00250584"/>
     <w:rsid w:val="002542FA"/>
     <w:rsid w:val="002851C4"/>
+    <w:rsid w:val="002864C5"/>
     <w:rsid w:val="00315DF7"/>
     <w:rsid w:val="00357853"/>
     <w:rsid w:val="00376696"/>
     <w:rsid w:val="003D68CC"/>
     <w:rsid w:val="00440CF5"/>
     <w:rsid w:val="00454CCC"/>
     <w:rsid w:val="004E3B9A"/>
     <w:rsid w:val="004F16D1"/>
     <w:rsid w:val="004F35EA"/>
     <w:rsid w:val="00582E70"/>
     <w:rsid w:val="006431F6"/>
     <w:rsid w:val="006958B9"/>
     <w:rsid w:val="00712173"/>
     <w:rsid w:val="00713586"/>
     <w:rsid w:val="00713F11"/>
     <w:rsid w:val="00721EFD"/>
     <w:rsid w:val="00787540"/>
     <w:rsid w:val="00871164"/>
     <w:rsid w:val="00884E27"/>
     <w:rsid w:val="008878C7"/>
     <w:rsid w:val="008D2A82"/>
     <w:rsid w:val="00906913"/>
     <w:rsid w:val="00944E6B"/>
     <w:rsid w:val="0095367C"/>
     <w:rsid w:val="0099234B"/>
     <w:rsid w:val="009A5FEA"/>
     <w:rsid w:val="00A23C75"/>
     <w:rsid w:val="00A261FD"/>
     <w:rsid w:val="00AB4162"/>
     <w:rsid w:val="00AF5DFD"/>
     <w:rsid w:val="00B361EB"/>
     <w:rsid w:val="00B84D4B"/>
+    <w:rsid w:val="00BE5B90"/>
     <w:rsid w:val="00BE67A4"/>
     <w:rsid w:val="00C031EB"/>
     <w:rsid w:val="00C03CAC"/>
     <w:rsid w:val="00CD214A"/>
     <w:rsid w:val="00D32CFA"/>
     <w:rsid w:val="00D60365"/>
     <w:rsid w:val="00D75A16"/>
     <w:rsid w:val="00DB01C7"/>
+    <w:rsid w:val="00DC5907"/>
     <w:rsid w:val="00DE73BE"/>
     <w:rsid w:val="00E81A85"/>
     <w:rsid w:val="00ED696D"/>
     <w:rsid w:val="00EF72AF"/>
     <w:rsid w:val="00F03DD5"/>
     <w:rsid w:val="00F06C9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="053D9B3E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4145EA33-F62D-4089-A180-EB35A3C7DB4A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fi-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -7912,50 +7890,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -8059,51 +8038,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="173345964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/insurance-and-safety" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/applying-finnish-id-card-or-strong-identification" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/asla-fulbright-alumni-association/fulbright-buddy-program" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLScQbW3xdV7wfLlR8sZ69ezoL39E8ucgJPeTw0l_vGvPtAJ2DQ/viewform" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/taxation" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/after-arrival" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-finland/flying-regulations" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us.fulbrightonline.org/current-fulbrighters/loan-deferments" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/set-phone-connection" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/bringing-your-family-to-finland" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/after-arrival" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infofinland.fi/en/living-in-finland/settling-in-finland/moving-abroad-from-finland" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/finnish-language-and-courses" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://step.state.gov/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/bringing-your-family-to-finland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/what-to-bring-with-you" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/passport-and-residence-permit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/housing" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/friends-fulbright-finland/finnish-fulbright-welcome-network" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/opening-bank-account-and-grant-payments" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/health-and-medical-care" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/grant-programs-to-finland/guide-coming-to-finland" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/insurance-and-safety" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/applying-finnish-id-card-or-strong-identification" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/asla-fulbright-alumni-association/fulbright-buddy-program" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/3ufVB7b1hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/taxation" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/after-arrival" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-finland/flying-regulations" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us.fulbrightonline.org/current-fulbrighters/loan-deferments" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/set-phone-connection" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/bringing-your-family-to-finland" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/after-arrival" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infofinland.fi/en/living-in-finland/settling-in-finland/moving-abroad-from-finland" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/finnish-language-and-courses" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://step.state.gov/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/bringing-your-family-to-finland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/what-to-bring-with-you" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/important-forms" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/passport-and-residence-permit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/housing" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/friends-fulbright-finland/finnish-fulbright-welcome-network" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/opening-bank-account-and-grant-payments" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/guide-coming-to-finland/health-and-medical-care" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fulbright.fi/grant-programs-to-finland/guide-coming-to-finland" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -8379,78 +8358,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09D9ECF2-DAA0-4B67-B8C7-1E27D0E821DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1151</Words>
-  <Characters>8472</Characters>
+  <Words>1543</Words>
+  <Characters>8012</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>186</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9604</CharactersWithSpaces>
+  <CharactersWithSpaces>9444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tanja Mitchell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>534ad9d511ca8bcf09a1c0d789ea21c21aebf636ed04015b6b3d215b360dd28d</vt:lpwstr>