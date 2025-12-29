--- v0 (2025-10-17)
+++ v1 (2025-12-29)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="160C9680" w14:textId="77777777" w:rsidR="00C4418A" w:rsidRPr="009968E0" w:rsidRDefault="00B66C5E" w:rsidP="00C4418A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009968E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="783A1BCA" wp14:editId="68491C00">
@@ -277,51 +277,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="007F4AF9" w:rsidRPr="007F4AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Application Form</w:t>
       </w:r>
       <w:r w:rsidR="00D82B88" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3600584B" w14:textId="39B7DBB8" w:rsidR="0013055F" w:rsidRPr="00AE3A67" w:rsidRDefault="00C17C1B" w:rsidP="00DC3B30">
+    <w:p w14:paraId="3600584B" w14:textId="08E5E696" w:rsidR="0013055F" w:rsidRPr="00AE3A67" w:rsidRDefault="00C17C1B" w:rsidP="00DC3B30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidR="00F6260B" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
       <w:r w:rsidR="008A4811" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -340,97 +340,79 @@
       </w:r>
       <w:r w:rsidR="009B032D" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CV</w:t>
       </w:r>
       <w:r w:rsidR="008A4811" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">should be submitted no later than </w:t>
       </w:r>
-      <w:r w:rsidR="00667902" w:rsidRPr="00AE3A67">
+      <w:r w:rsidR="00465EED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">November </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B6FBD">
+        <w:t xml:space="preserve">December 18, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00465EED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00667902" w:rsidRPr="00AE3A67">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00465EED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...20 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> at 10:00</w:t>
+      </w:r>
       <w:r w:rsidR="001927E0" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00731E71" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>via</w:t>
       </w:r>
       <w:r w:rsidR="00004DAB" w:rsidRPr="00AE3A67">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this </w:t>
@@ -513,51 +495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Answers to a</w:t>
       </w:r>
       <w:r w:rsidR="00B76255">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll questions are required. If something is not applicable to you, please write N/A. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A03AAE6" w14:textId="5A458C57" w:rsidR="00A135A0" w:rsidRDefault="007C21A8" w:rsidP="007F4AF9">
+    <w:p w14:paraId="1A03AAE6" w14:textId="3E482703" w:rsidR="00A135A0" w:rsidRDefault="007C21A8" w:rsidP="007F4AF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009968E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008A179B" w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -583,51 +565,51 @@
       <w:r w:rsidR="00F17F20" w:rsidRPr="00DE2E3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="262347136"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007F4AF9">
+          <w:r w:rsidR="004D3F60">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007F4AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F4AF9" w:rsidRPr="007F4AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -647,51 +629,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-78678597"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007F4AF9">
+          <w:r w:rsidR="004D3F60">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007F4AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F4AF9" w:rsidRPr="007F4AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -785,51 +767,51 @@
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00DE2E3D" w:rsidRPr="00821B98">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="59F7DDEE" w14:textId="799CE0D0" w:rsidR="00DE2E3D" w:rsidRDefault="00DE2E3D" w:rsidP="00DE2E3D">
+    <w:p w14:paraId="59F7DDEE" w14:textId="1D9B3E28" w:rsidR="00DE2E3D" w:rsidRDefault="00DE2E3D" w:rsidP="00DE2E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Given name(s):</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2E3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -877,267 +859,226 @@
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE2E3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Please write as shown on your passport and bold your preferred name.</w:t>
+        <w:t xml:space="preserve">Please write as shown on your passport and </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>write your preferred name in CAPS LOCK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C06E8BD" w14:textId="5EDA63E6" w:rsidR="00DE2E3D" w:rsidRPr="00020F89" w:rsidRDefault="00DE2E3D" w:rsidP="00DE2E3D">
+    <w:p w14:paraId="0C06E8BD" w14:textId="660D3A9A" w:rsidR="00DE2E3D" w:rsidRPr="00020F89" w:rsidRDefault="00DE2E3D" w:rsidP="00DE2E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4. Gender:</w:t>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F45CB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020F89">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32636875" w14:textId="63027B39" w:rsidR="00DE2E3D" w:rsidRDefault="00F27357" w:rsidP="00DE2E3D">
+    <w:p w14:paraId="32636875" w14:textId="2200ADDA" w:rsidR="00DE2E3D" w:rsidRDefault="004D3F60" w:rsidP="00DE2E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:id w:val="-2110268595"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00821B98">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DE2E3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Female </w:t>
       </w:r>
       <w:r w:rsidR="00DE2E3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
           <w:id w:val="1144160710"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00DE2E3D">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DE2E3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Male</w:t>
       </w:r>
-      <w:r w:rsidR="00821B98">
-[...74 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="126BA4A4" w14:textId="3925BAF3" w:rsidR="00821B98" w:rsidRPr="00020F89" w:rsidRDefault="00821B98" w:rsidP="00DE2E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">5. Date of Birth </w:t>
       </w:r>
       <w:r w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(MM/DD/YYY</w:t>
       </w:r>
       <w:r w:rsidR="00323060">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, for example: 02/18/1998):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3931DF" w14:textId="4697D85B" w:rsidR="00821B98" w:rsidRDefault="00F27357" w:rsidP="00DE2E3D">
+    <w:p w14:paraId="7C3931DF" w14:textId="4697D85B" w:rsidR="00821B98" w:rsidRDefault="004D3F60" w:rsidP="00DE2E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="SUSIresponses"/>
           </w:rPr>
           <w:id w:val="1129207625"/>
           <w:placeholder>
             <w:docPart w:val="82DE4758A5AF4E41ABBB6A49E7D529E9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00821B98" w:rsidRPr="00821B98">
@@ -1313,68 +1254,78 @@
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="72BE8008" w14:textId="77777777" w:rsidR="00A135A0" w:rsidRDefault="00A135A0" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1492C6C0" w14:textId="77777777" w:rsidR="00EC3A84" w:rsidRDefault="00EC3A84" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1E792322" w14:textId="77777777" w:rsidR="00465EED" w:rsidRDefault="00465EED" w:rsidP="005F74F2">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4709290E" w14:textId="11480FCC" w:rsidR="00A135A0" w:rsidRDefault="00A135A0" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CITIZENSHIP INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08FFF89B" w14:textId="1142B43C" w:rsidR="00DE2E3D" w:rsidRDefault="00020F89" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020F89">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. Primary Citizenship:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1745,93 +1696,98 @@
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2FC8DE99" w14:textId="364BC92E" w:rsidR="00A135A0" w:rsidRDefault="00A135A0" w:rsidP="005F74F2">
+    <w:p w14:paraId="2FC8DE99" w14:textId="364BC92E" w:rsidR="00A135A0" w:rsidRPr="004D3F60" w:rsidRDefault="00A135A0" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004D3F60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>13. Region (e.g. Uusimaa):</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004D3F60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004D3F60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004D3F60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="SUSIresponses"/>
           </w:rPr>
           <w:id w:val="650188954"/>
           <w:placeholder>
             <w:docPart w:val="6A778266B7104F9B93F33B72FE9DBAE7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00A135A0">
@@ -2115,113 +2071,113 @@
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="63A614E9" w14:textId="0AAD7040" w:rsidR="00A135A0" w:rsidRPr="00A135A0" w:rsidRDefault="00A135A0" w:rsidP="005F74F2">
+    <w:p w14:paraId="63A614E9" w14:textId="7549A9EC" w:rsidR="00A135A0" w:rsidRPr="00A135A0" w:rsidRDefault="00A135A0" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">17. Email </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ddress:</w:t>
+        <w:t>ddress</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED" w:rsidRPr="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(not academic or work email)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...17 lines deleted...]
-        <w:tab/>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="SUSIresponses"/>
           </w:rPr>
           <w:id w:val="-21784510"/>
           <w:placeholder>
             <w:docPart w:val="0CF8AB4E82E34A889C9A854A0968DD12"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2396,50 +2352,51 @@
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3DEE1388" w14:textId="5DEB7EDF" w:rsidR="00A135A0" w:rsidRDefault="00624701" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">19. </w:t>
       </w:r>
       <w:r w:rsidRPr="00624701">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe any pre-existing medical conditions, prescription medications, or any other dietary or personal consideration. </w:t>
       </w:r>
       <w:r w:rsidRPr="00624701">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(This will not affect the nominee's </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00624701">
         <w:rPr>
@@ -2539,96 +2496,96 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75E334A6" w14:textId="7AD62E08" w:rsidR="00624701" w:rsidRDefault="00624701" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EXPERICENCE IN THE UNITED STATES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66853CFD" w14:textId="077CABD0" w:rsidR="00624701" w:rsidRDefault="00624701" w:rsidP="005F74F2">
+    <w:p w14:paraId="66853CFD" w14:textId="0705D19A" w:rsidR="00624701" w:rsidRDefault="00624701" w:rsidP="005F74F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">20. Have you traveled to the U.S. before? </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="519439990"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009D0FF6">
+          <w:r w:rsidR="004D3F60">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2777,114 +2734,137 @@
         </w:rPr>
         <w:t xml:space="preserve">(Example: July 4-14, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00624701">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00624701">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tourism to Washington, D.C.; December 1-15 2018, Short Term Study Abroad to New York City, NY.)</w:t>
+        <w:t xml:space="preserve"> Tourism to Washington, D.C.; December 1-15</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00624701">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00624701">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Short Term Study Abroad to New York City, NY.)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="SUSIresponses"/>
         </w:rPr>
         <w:id w:val="-1316796920"/>
         <w:placeholder>
           <w:docPart w:val="77B047BC3E924968BEEF9A2FCB2BE018"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="1F694B37" w14:textId="7C046F58" w:rsidR="00624701" w:rsidRDefault="00624701" w:rsidP="00624701">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00624701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="06A7ECF4" w14:textId="684A7289" w:rsidR="00624701" w:rsidRDefault="00624701" w:rsidP="00624701">
+    <w:p w14:paraId="06A7ECF4" w14:textId="7DA646D3" w:rsidR="00624701" w:rsidRDefault="00624701" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>22. Have you previously participated in or been accepted into a U.S. Department of State sponsored program?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -2896,51 +2876,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1299419201"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="004D3F60">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3171,81 +3151,139 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="577B0DA8" w14:textId="488AA358" w:rsidR="00B261D5" w:rsidRDefault="00B261D5" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EDUCATIONAL AND PROFESSIONAL BACKGROUND</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1F203D" w14:textId="117B1759" w:rsidR="00B261D5" w:rsidRDefault="00B261D5" w:rsidP="00624701">
+    <w:p w14:paraId="3F1F203D" w14:textId="3F83E543" w:rsidR="00B261D5" w:rsidRDefault="00B261D5" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">25. Please list all earned degrees beginning with the most recent. Please include degree type, year awarded, specialization, and institution. </w:t>
+        <w:t>25. Please list all earned degrees beginning with the most recent. Please include degree type, year awarded, specialization,</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and country</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B261D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Example: Master’s; 2019; International Relations; University of Helsinki)</w:t>
+        <w:t>(Example: Master’s; 2019; International Relations; University of Helsinki</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; Finland</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B261D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="SUSIresponses"/>
         </w:rPr>
         <w:id w:val="1796787762"/>
         <w:placeholder>
           <w:docPart w:val="E188D43D18A74B1188A868AD9C655508"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="172941C0" w14:textId="54D9C194" w:rsidR="00B261D5" w:rsidRDefault="00B261D5" w:rsidP="00624701">
           <w:pPr>
@@ -3601,51 +3639,51 @@
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00117343">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3C87BF62" w14:textId="0FF02D40" w:rsidR="00117343" w:rsidRDefault="00117343" w:rsidP="00624701">
+    <w:p w14:paraId="3C87BF62" w14:textId="70DB95FD" w:rsidR="00117343" w:rsidRDefault="00117343" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">30. Work </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -3712,51 +3750,95 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YY) and title/position. Please specify if the position was part-time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5B42" w:rsidRPr="004B5B42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Example: American University; 01/2019-01/2020; Professor of International Relations)</w:t>
+        <w:t xml:space="preserve">(Example: </w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Smith Secondary School</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B42" w:rsidRPr="004B5B42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 01/2019-01/2020; </w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Teacher of American History</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B42" w:rsidRPr="004B5B42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="SUSIresponses"/>
         </w:rPr>
         <w:id w:val="-1042826478"/>
         <w:placeholder>
           <w:docPart w:val="36D3867D05444A3EA0A170B767966C30"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="3107316A" w14:textId="0CBCF256" w:rsidR="004B5B42" w:rsidRDefault="004B5B42" w:rsidP="00624701">
           <w:pPr>
@@ -3769,51 +3851,51 @@
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004B5B42">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61B1A285" w14:textId="77777777" w:rsidR="004B5B42" w:rsidRDefault="004B5B42" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EFF1931" w14:textId="70E974FE" w:rsidR="004B5B42" w:rsidRDefault="004B5B42" w:rsidP="00624701">
+    <w:p w14:paraId="0EFF1931" w14:textId="272F355E" w:rsidR="004B5B42" w:rsidRDefault="004B5B42" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">31. Professional </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3822,51 +3904,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esponsibilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="004B5B42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please discuss your professional responsibilities in greater detail, including research interests, administrative responsibilities (ex. Curriculum design), and/or other pertinent information not included in the section above.</w:t>
+        <w:t>Please discuss your professional responsibilities in greater detail, including research interests, administrative responsibilities (ex</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ample:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5B42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Curriculum design), and/or other pertinent information not included in the section above.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="SUSIresponses"/>
         </w:rPr>
         <w:id w:val="-2130618882"/>
         <w:placeholder>
           <w:docPart w:val="3E5FB45F387342429607A049D19E637F"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="2331236D" w14:textId="25BF9415" w:rsidR="004B5B42" w:rsidRDefault="004B5B42" w:rsidP="00624701">
           <w:pPr>
@@ -3890,114 +3990,336 @@
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2B4B1B66" w14:textId="77777777" w:rsidR="004B5B42" w:rsidRDefault="004B5B42" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4055ECD4" w14:textId="77777777" w:rsidR="00F234E9" w:rsidRDefault="00F234E9" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="323BEAD6" w14:textId="33460DAE" w:rsidR="004B5B42" w:rsidRDefault="00F234E9" w:rsidP="00624701">
+    <w:p w14:paraId="0D140217" w14:textId="6D94D73C" w:rsidR="00465EED" w:rsidRDefault="00465EED" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">32. Current </w:t>
+        <w:t>32. Please indicate the age range of students you currently work with. Select all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42870FD4" w14:textId="23750592" w:rsidR="00465EED" w:rsidRDefault="00465EED" w:rsidP="00465EED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="806"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-2067019486"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004D3F60">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-13 years of age</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-492558248"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004D3F60">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14-18 years of age</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1316952350"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004D3F60">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18-22 years of age</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323BEAD6" w14:textId="0A28EACD" w:rsidR="004B5B42" w:rsidRDefault="00F234E9" w:rsidP="00624701">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Current </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00994D99">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">urses </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aught</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00465EED" w:rsidRPr="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you are currently not teaching courses, please write not applicable.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable2-Accent61"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1870"/>
         <w:gridCol w:w="1870"/>
         <w:gridCol w:w="1870"/>
         <w:gridCol w:w="1870"/>
         <w:gridCol w:w="1870"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F234E9" w:rsidRPr="009968E0" w14:paraId="56FB8C00" w14:textId="77777777" w:rsidTr="00597694">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B497BD7" w14:textId="77777777" w:rsidR="00F234E9" w:rsidRPr="00F234E9" w:rsidRDefault="00F234E9" w:rsidP="00597694">
@@ -5235,68 +5557,86 @@
                 </w:pPr>
                 <w:r w:rsidRPr="00F234E9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CD39009" w14:textId="77777777" w:rsidR="00F234E9" w:rsidRDefault="00F234E9" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="267346ED" w14:textId="63B398F3" w:rsidR="00994D99" w:rsidRDefault="00994D99" w:rsidP="00624701">
+    <w:p w14:paraId="267346ED" w14:textId="323C039F" w:rsidR="00994D99" w:rsidRDefault="00994D99" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">33. Current </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00465EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Current </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tudent </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6110,68 +6450,86 @@
                 </w:pPr>
                 <w:r w:rsidRPr="00994D99">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27F8D498" w14:textId="77777777" w:rsidR="00994D99" w:rsidRDefault="00994D99" w:rsidP="00624701">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12A9DE67" w14:textId="54F653A7" w:rsidR="00994D99" w:rsidRDefault="00994D99" w:rsidP="00913CB4">
+    <w:p w14:paraId="12A9DE67" w14:textId="02880D4C" w:rsidR="00994D99" w:rsidRDefault="00994D99" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">34. </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5FDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6236,70 +6594,107 @@
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="5013CD8B" w14:textId="1152EA7B" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="31EAEDA2" w14:textId="6E022675" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
+    <w:p w14:paraId="26BCD825" w14:textId="77777777" w:rsidR="00BE5FDE" w:rsidRDefault="00BE5FDE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EAEDA2" w14:textId="256B93E8" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">35. Active </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5FDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Active </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">emberships in </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6384,68 +6779,86 @@
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="7939B10E" w14:textId="1DC97035" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="34CA2D43" w14:textId="218B4AFC" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
+    <w:p w14:paraId="34CA2D43" w14:textId="0193C434" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">36. Other </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5FDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Other </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leadership Positions Beyond Professional Duties</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6474,117 +6887,134 @@
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="7452F1C0" w14:textId="36D45A7D" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="088ECFFC" w14:textId="60BAB6EC" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
+    <w:p w14:paraId="088ECFFC" w14:textId="0D3E8EB9" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">37. Potential </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5FDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Potential </w:t>
       </w:r>
       <w:r w:rsidR="007D7F96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>utcomes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please select any likely potential outcomes of this program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4760052D" w14:textId="40EE8107" w:rsidR="00913CB4" w:rsidRDefault="00F27357" w:rsidP="00913CB4">
+    <w:p w14:paraId="4760052D" w14:textId="40EE8107" w:rsidR="00913CB4" w:rsidRDefault="004D3F60" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-3286602"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -6661,51 +7091,51 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00913CB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Create new degree program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B324273" w14:textId="18D8AF87" w:rsidR="00913CB4" w:rsidRDefault="00F27357" w:rsidP="00913CB4">
+    <w:p w14:paraId="0B324273" w14:textId="18D8AF87" w:rsidR="00913CB4" w:rsidRDefault="004D3F60" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-559473451"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -6764,51 +7194,51 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00913CB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> National curriculum redesign</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595EE805" w14:textId="4BD29A8B" w:rsidR="00913CB4" w:rsidRDefault="00F27357" w:rsidP="00913CB4">
+    <w:p w14:paraId="595EE805" w14:textId="4BD29A8B" w:rsidR="00913CB4" w:rsidRDefault="004D3F60" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1242718840"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -6876,51 +7306,51 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00913CB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New publication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F92830" w14:textId="4119602B" w:rsidR="00913CB4" w:rsidRDefault="00F27357" w:rsidP="00913CB4">
+    <w:p w14:paraId="61F92830" w14:textId="4119602B" w:rsidR="00913CB4" w:rsidRDefault="004D3F60" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="559060106"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -6988,51 +7418,51 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00913CB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Government or ministry policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488D6E57" w14:textId="379FC56B" w:rsidR="00913CB4" w:rsidRDefault="00F27357" w:rsidP="00913CB4">
+    <w:p w14:paraId="488D6E57" w14:textId="379FC56B" w:rsidR="00913CB4" w:rsidRDefault="004D3F60" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1585602326"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -7091,192 +7521,335 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00913CB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New institutional linkages</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A1E3F6" w14:textId="083F6229" w:rsidR="00913CB4" w:rsidRDefault="00F27357" w:rsidP="00913CB4">
+    <w:p w14:paraId="59A1E3F6" w14:textId="083F6229" w:rsidR="00913CB4" w:rsidRDefault="004D3F60" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="2048726281"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00913CB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Raise institutional profile</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D4B2CC" w14:textId="17E486F3" w:rsidR="00913CB4" w:rsidRPr="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
+    <w:p w14:paraId="27D4B2CC" w14:textId="7E26E873" w:rsidR="00913CB4" w:rsidRPr="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>38. Personal Statement (max 500 words)</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5FDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>. Personal Statement (max 500 words)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please discuss how your participation would enhance your personal and professional goals, the current state of the U.S. studies in your home country, or upon the institute. Include how attending this Institute would help you achieve the “Other Potential Outcomes” you have checked above. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21328BE6" w14:textId="5863ABFE" w:rsidR="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
+    <w:p w14:paraId="74FB6C01" w14:textId="5FB6C4D7" w:rsidR="00136ACF" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Note: A strong candidate statement/personal essay should convey why you are interested in participating in the </w:t>
+        <w:t xml:space="preserve">A strong </w:t>
+      </w:r>
+      <w:r w:rsidR="00136ACF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>personal statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913CB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00913CB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>particular Institute</w:t>
+        <w:t>convey</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00913CB4">
+      <w:r w:rsidR="00136ACF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, what you hope to gain from the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0038478B" w:rsidRPr="00913CB4">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C9D754" w14:textId="77777777" w:rsidR="00136ACF" w:rsidRDefault="00136ACF" w:rsidP="00136ACF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Institute</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00913CB4">
+      </w:pPr>
+      <w:r w:rsidRPr="00136ACF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, what you will contribute to the Institute, and how you will leverage the experience to achieve “other potential outcomes” checked in the box section. In addition, you can describe your capacity and plans to amplify the impact of the Institute beyond your own knowledge and research.)</w:t>
+        <w:t xml:space="preserve">Why are you interested in participating in the Institute? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2912CC43" w14:textId="77777777" w:rsidR="00136ACF" w:rsidRDefault="00136ACF" w:rsidP="00136ACF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136ACF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What do you hope to gain from the Institute? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEE69A7" w14:textId="77777777" w:rsidR="00136ACF" w:rsidRDefault="00136ACF" w:rsidP="00136ACF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136ACF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What will you contribute to the Institute? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CF7E4A" w14:textId="77777777" w:rsidR="00136ACF" w:rsidRDefault="00136ACF" w:rsidP="00136ACF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136ACF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How will you leverage the experience to achieve "other potential outcomes" checked in the above section? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B640C71" w14:textId="444D8F4C" w:rsidR="00136ACF" w:rsidRPr="00136ACF" w:rsidRDefault="00136ACF" w:rsidP="00913CB4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136ACF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How will you amplify the impact of the program beyond your research and knowledge?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="SUSIresponses"/>
         </w:rPr>
         <w:id w:val="1437800475"/>
         <w:placeholder>
           <w:docPart w:val="A9EE5EB233FC4051B302C2240E9C64DC"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="399C1D6F" w14:textId="10C7BD11" w:rsidR="00913CB4" w:rsidRPr="00913CB4" w:rsidRDefault="00913CB4" w:rsidP="00913CB4">
           <w:pPr>
@@ -7289,110 +7862,110 @@
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr w:rsidR="00913CB4" w:rsidRPr="00913CB4" w:rsidSect="00EF7729">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="69328F48" w14:textId="77777777" w:rsidR="00D63484" w:rsidRDefault="00D63484" w:rsidP="0005688F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="17E67C43" w14:textId="77777777" w:rsidR="00D63484" w:rsidRDefault="00D63484" w:rsidP="0005688F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
@@ -7414,76 +7987,76 @@
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3726D5BC" w14:textId="77777777" w:rsidR="00D63484" w:rsidRDefault="00D63484" w:rsidP="0005688F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="74EEAC20" w14:textId="77777777" w:rsidR="00D63484" w:rsidRDefault="00D63484" w:rsidP="0005688F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="133A4D8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="770A4692"/>
     <w:lvl w:ilvl="0" w:tplc="74FA008C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7619,50 +8192,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="503664E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D7A19E0"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5745348A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="511C0110"/>
     <w:lvl w:ilvl="0" w:tplc="93525EC6">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7731,51 +8417,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73D1729E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39DE4A5E"/>
     <w:lvl w:ilvl="0" w:tplc="E92E24CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7828,111 +8514,116 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1493444051">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2003772020">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="75398794">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="798305805">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="798305805">
+  <w:num w:numId="5" w16cid:durableId="175386635">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C94367"/>
     <w:rsid w:val="00004DAB"/>
     <w:rsid w:val="0000616D"/>
     <w:rsid w:val="00013842"/>
     <w:rsid w:val="00020F89"/>
     <w:rsid w:val="00021A5F"/>
+    <w:rsid w:val="00022B12"/>
     <w:rsid w:val="000245B6"/>
     <w:rsid w:val="00035971"/>
     <w:rsid w:val="00044569"/>
     <w:rsid w:val="00052E89"/>
     <w:rsid w:val="000530C4"/>
     <w:rsid w:val="00054E85"/>
     <w:rsid w:val="0005688F"/>
     <w:rsid w:val="00070C61"/>
     <w:rsid w:val="00083DE2"/>
     <w:rsid w:val="000A049E"/>
     <w:rsid w:val="000B57EF"/>
     <w:rsid w:val="000C109C"/>
     <w:rsid w:val="000E7091"/>
     <w:rsid w:val="000F1188"/>
     <w:rsid w:val="000F6172"/>
     <w:rsid w:val="000F70AA"/>
     <w:rsid w:val="00103B62"/>
     <w:rsid w:val="00104EC3"/>
     <w:rsid w:val="00117343"/>
     <w:rsid w:val="0013055F"/>
+    <w:rsid w:val="00136ACF"/>
     <w:rsid w:val="001460F8"/>
     <w:rsid w:val="00147679"/>
     <w:rsid w:val="00155806"/>
     <w:rsid w:val="00157944"/>
     <w:rsid w:val="0017116E"/>
     <w:rsid w:val="00177843"/>
     <w:rsid w:val="001809F7"/>
     <w:rsid w:val="00186933"/>
     <w:rsid w:val="00187F41"/>
     <w:rsid w:val="001927E0"/>
     <w:rsid w:val="001946BF"/>
     <w:rsid w:val="00194A0A"/>
     <w:rsid w:val="00196E2B"/>
     <w:rsid w:val="001A72CA"/>
     <w:rsid w:val="001B5F70"/>
     <w:rsid w:val="001C7271"/>
     <w:rsid w:val="001E5CA1"/>
     <w:rsid w:val="001F1CB0"/>
     <w:rsid w:val="00207F62"/>
     <w:rsid w:val="00211368"/>
     <w:rsid w:val="00216C9D"/>
     <w:rsid w:val="00217F48"/>
     <w:rsid w:val="00222172"/>
     <w:rsid w:val="00223A1B"/>
     <w:rsid w:val="00237025"/>
@@ -7945,81 +8636,85 @@
     <w:rsid w:val="002A3C08"/>
     <w:rsid w:val="002B160A"/>
     <w:rsid w:val="002D0887"/>
     <w:rsid w:val="002F0462"/>
     <w:rsid w:val="002F6657"/>
     <w:rsid w:val="003126C0"/>
     <w:rsid w:val="00323060"/>
     <w:rsid w:val="0032445C"/>
     <w:rsid w:val="00325E09"/>
     <w:rsid w:val="00343BFD"/>
     <w:rsid w:val="0038478B"/>
     <w:rsid w:val="00392CC4"/>
     <w:rsid w:val="003A7CBB"/>
     <w:rsid w:val="003A7DE9"/>
     <w:rsid w:val="003B6FBD"/>
     <w:rsid w:val="003C6D69"/>
     <w:rsid w:val="003D01C9"/>
     <w:rsid w:val="003D5DDB"/>
     <w:rsid w:val="003D7824"/>
     <w:rsid w:val="003E44A1"/>
     <w:rsid w:val="0040331A"/>
     <w:rsid w:val="00405C13"/>
     <w:rsid w:val="00406CC8"/>
     <w:rsid w:val="00407C1D"/>
     <w:rsid w:val="004144D1"/>
+    <w:rsid w:val="00465EED"/>
     <w:rsid w:val="00480DCF"/>
     <w:rsid w:val="004826C7"/>
     <w:rsid w:val="0048370A"/>
     <w:rsid w:val="00483960"/>
     <w:rsid w:val="00491A00"/>
     <w:rsid w:val="004A363C"/>
     <w:rsid w:val="004A66EC"/>
     <w:rsid w:val="004B5B42"/>
     <w:rsid w:val="004C57DE"/>
     <w:rsid w:val="004C5D7C"/>
     <w:rsid w:val="004C6A59"/>
+    <w:rsid w:val="004D3F60"/>
     <w:rsid w:val="00516366"/>
     <w:rsid w:val="00522DF4"/>
     <w:rsid w:val="00523D41"/>
     <w:rsid w:val="005248AC"/>
     <w:rsid w:val="00530A96"/>
     <w:rsid w:val="0057051C"/>
     <w:rsid w:val="00576B69"/>
     <w:rsid w:val="005A5DD8"/>
     <w:rsid w:val="005B3050"/>
     <w:rsid w:val="005B5A03"/>
     <w:rsid w:val="005E2A9D"/>
     <w:rsid w:val="005F2B0A"/>
+    <w:rsid w:val="005F45CB"/>
     <w:rsid w:val="005F74F2"/>
     <w:rsid w:val="00600FAD"/>
     <w:rsid w:val="00621E5B"/>
     <w:rsid w:val="0062323D"/>
     <w:rsid w:val="00624701"/>
     <w:rsid w:val="00635FC2"/>
     <w:rsid w:val="006449C7"/>
     <w:rsid w:val="00660D2B"/>
+    <w:rsid w:val="00662241"/>
     <w:rsid w:val="00667902"/>
     <w:rsid w:val="00675152"/>
     <w:rsid w:val="00676486"/>
     <w:rsid w:val="006B5CAD"/>
     <w:rsid w:val="006C4407"/>
     <w:rsid w:val="006E3DF2"/>
     <w:rsid w:val="006E476C"/>
     <w:rsid w:val="00701515"/>
     <w:rsid w:val="00707DFC"/>
     <w:rsid w:val="00710F97"/>
     <w:rsid w:val="00727967"/>
     <w:rsid w:val="00731E71"/>
     <w:rsid w:val="0073590B"/>
     <w:rsid w:val="00750423"/>
     <w:rsid w:val="00751E6D"/>
     <w:rsid w:val="0078324F"/>
     <w:rsid w:val="00783718"/>
     <w:rsid w:val="0079213A"/>
     <w:rsid w:val="007A19C5"/>
     <w:rsid w:val="007A2896"/>
     <w:rsid w:val="007A333F"/>
     <w:rsid w:val="007B7961"/>
     <w:rsid w:val="007C21A8"/>
     <w:rsid w:val="007D0A69"/>
     <w:rsid w:val="007D7F96"/>
@@ -8066,50 +8761,51 @@
     <w:rsid w:val="00A73D0C"/>
     <w:rsid w:val="00A75DD4"/>
     <w:rsid w:val="00A97345"/>
     <w:rsid w:val="00AB3233"/>
     <w:rsid w:val="00AC5533"/>
     <w:rsid w:val="00AD3F30"/>
     <w:rsid w:val="00AE3A67"/>
     <w:rsid w:val="00AF7BBD"/>
     <w:rsid w:val="00B00841"/>
     <w:rsid w:val="00B01283"/>
     <w:rsid w:val="00B06993"/>
     <w:rsid w:val="00B23D18"/>
     <w:rsid w:val="00B261D5"/>
     <w:rsid w:val="00B35C42"/>
     <w:rsid w:val="00B519B0"/>
     <w:rsid w:val="00B536A0"/>
     <w:rsid w:val="00B66C5E"/>
     <w:rsid w:val="00B76255"/>
     <w:rsid w:val="00B779D1"/>
     <w:rsid w:val="00BB0422"/>
     <w:rsid w:val="00BB0B24"/>
     <w:rsid w:val="00BB0BC2"/>
     <w:rsid w:val="00BD3EB5"/>
     <w:rsid w:val="00BD7FCA"/>
     <w:rsid w:val="00BE0356"/>
+    <w:rsid w:val="00BE5FDE"/>
     <w:rsid w:val="00BF6243"/>
     <w:rsid w:val="00C03644"/>
     <w:rsid w:val="00C17C1B"/>
     <w:rsid w:val="00C326DF"/>
     <w:rsid w:val="00C33115"/>
     <w:rsid w:val="00C4418A"/>
     <w:rsid w:val="00C73D99"/>
     <w:rsid w:val="00C7744F"/>
     <w:rsid w:val="00C94367"/>
     <w:rsid w:val="00CA0A73"/>
     <w:rsid w:val="00CA617E"/>
     <w:rsid w:val="00CD0ECF"/>
     <w:rsid w:val="00CE2C8A"/>
     <w:rsid w:val="00CF43FD"/>
     <w:rsid w:val="00D20586"/>
     <w:rsid w:val="00D30207"/>
     <w:rsid w:val="00D43254"/>
     <w:rsid w:val="00D45D68"/>
     <w:rsid w:val="00D5208A"/>
     <w:rsid w:val="00D63484"/>
     <w:rsid w:val="00D70CCB"/>
     <w:rsid w:val="00D8022C"/>
     <w:rsid w:val="00D82B88"/>
     <w:rsid w:val="00D83374"/>
     <w:rsid w:val="00DC2FCA"/>
@@ -8164,51 +8860,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DEFCDAF"/>
   <w15:docId w15:val="{4B364FCD-C31E-4AD1-80F4-DEBDB96A8851}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8570,51 +9266,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B01283"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -9478,934 +10173,932 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB0422"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SUSIresponses">
     <w:name w:val="SUSI responses"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003B6FBD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1892770872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.surveymonkey.com/r/SUSI-Recommendation-letters" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.surveymonkey.com/r/SUSI-SSE" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABEEF057A60D4717AC56CE811273B35E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{82B45B63-30A1-47EB-908E-8E57359250CF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="ABEEF057A60D4717AC56CE811273B35E2"/>
+            <w:pStyle w:val="ABEEF057A60D4717AC56CE811273B35E"/>
           </w:pPr>
-          <w:bookmarkStart w:id="0" w:name="_Hlk86665718"/>
-          <w:bookmarkEnd w:id="0"/>
           <w:r w:rsidRPr="00821B98">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D6B51228E8834C5DA6C7C1E879D0CBD8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DAD2A5A-19D6-4DDE-B110-393BD6182389}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="D6B51228E8834C5DA6C7C1E879D0CBD82"/>
+            <w:pStyle w:val="D6B51228E8834C5DA6C7C1E879D0CBD8"/>
           </w:pPr>
           <w:r w:rsidRPr="00821B98">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3D2CA81EEADF4C57887B38B18FE4443A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9DB3E0FC-8222-4C53-86DB-85693EB655A5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="3D2CA81EEADF4C57887B38B18FE4443A2"/>
+            <w:pStyle w:val="3D2CA81EEADF4C57887B38B18FE4443A"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="82DE4758A5AF4E41ABBB6A49E7D529E9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6EB5D4D7-175C-46BF-8122-07B766AD5110}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="82DE4758A5AF4E41ABBB6A49E7D529E91"/>
+            <w:pStyle w:val="82DE4758A5AF4E41ABBB6A49E7D529E9"/>
           </w:pPr>
           <w:r w:rsidRPr="00821B98">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5FBFA377E6154A1987FA142AC8CDABD1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF70E84D-F96D-4085-983F-B8698899F0D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="5FBFA377E6154A1987FA142AC8CDABD11"/>
+            <w:pStyle w:val="5FBFA377E6154A1987FA142AC8CDABD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00020F89">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3EDAF283E84247B4972A5EAD19F6AF41"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{45EEAEEA-A9D7-4DE6-A8BB-FA6445816BD4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="3EDAF283E84247B4972A5EAD19F6AF411"/>
+            <w:pStyle w:val="3EDAF283E84247B4972A5EAD19F6AF41"/>
           </w:pPr>
           <w:r w:rsidRPr="00020F89">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="93D3FB973D5544049FBAF5C599CEFBF1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{497DAC12-9675-447C-910F-C2046F7433C1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="93D3FB973D5544049FBAF5C599CEFBF11"/>
+            <w:pStyle w:val="93D3FB973D5544049FBAF5C599CEFBF1"/>
           </w:pPr>
           <w:r w:rsidRPr="00020F89">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="53A3910ACEF547C7AC30149704F0E256"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3214DAE4-E133-4749-80CC-4BD70F1B6D84}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="53A3910ACEF547C7AC30149704F0E2561"/>
+            <w:pStyle w:val="53A3910ACEF547C7AC30149704F0E256"/>
           </w:pPr>
           <w:r w:rsidRPr="00020F89">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FCDE0E0516F1481BB424A9846F5B525B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8ED22F46-B936-4EDB-9F64-605B3AB61FE1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="FCDE0E0516F1481BB424A9846F5B525B1"/>
+            <w:pStyle w:val="FCDE0E0516F1481BB424A9846F5B525B"/>
           </w:pPr>
           <w:r w:rsidRPr="00020F89">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A6195023B5BF4B728403690C4A2171C8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F6E6F885-1A89-4D9A-AE9D-9728DF60DD21}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="A6195023B5BF4B728403690C4A2171C81"/>
+            <w:pStyle w:val="A6195023B5BF4B728403690C4A2171C8"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2926CB3FBE23434C92B891B1C8DCC364"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D711FA97-EA6E-4FE2-BE37-52084209CCEE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="2926CB3FBE23434C92B891B1C8DCC3641"/>
+            <w:pStyle w:val="2926CB3FBE23434C92B891B1C8DCC364"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A778266B7104F9B93F33B72FE9DBAE7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5F6E0412-03C6-4A5E-A41C-17F8977EB85D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="6A778266B7104F9B93F33B72FE9DBAE71"/>
+            <w:pStyle w:val="6A778266B7104F9B93F33B72FE9DBAE7"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F361FAD942CD42D4882AC185AE9BB915"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F75B3A88-786F-4833-B76B-C7137127E657}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="F361FAD942CD42D4882AC185AE9BB9151"/>
+            <w:pStyle w:val="F361FAD942CD42D4882AC185AE9BB915"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2AACFECE2B7B429F93439A33E6D69620"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4464578E-145B-4C38-B675-2636E45A10FD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="2AACFECE2B7B429F93439A33E6D696201"/>
+            <w:pStyle w:val="2AACFECE2B7B429F93439A33E6D69620"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="588A5CB75468430AAC2C8C742F29BCFF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5648BABB-3DFC-421D-8EAD-E5984A951E73}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="588A5CB75468430AAC2C8C742F29BCFF1"/>
+            <w:pStyle w:val="588A5CB75468430AAC2C8C742F29BCFF"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CF8AB4E82E34A889C9A854A0968DD12"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FC51C18F-12E1-4873-86D6-2B8BC7099660}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="0CF8AB4E82E34A889C9A854A0968DD121"/>
+            <w:pStyle w:val="0CF8AB4E82E34A889C9A854A0968DD12"/>
           </w:pPr>
           <w:r w:rsidRPr="00A135A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B9322FF762443898FB6A6C63F07FEDF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C8DC2C90-D5D5-47D9-8C67-A93868F4AA1B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="0B9322FF762443898FB6A6C63F07FEDF1"/>
+            <w:pStyle w:val="0B9322FF762443898FB6A6C63F07FEDF"/>
           </w:pPr>
           <w:r w:rsidRPr="00624701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="77B047BC3E924968BEEF9A2FCB2BE018"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B1EC042D-36EC-4312-AB62-036CFD07AF6B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="77B047BC3E924968BEEF9A2FCB2BE0181"/>
+            <w:pStyle w:val="77B047BC3E924968BEEF9A2FCB2BE018"/>
           </w:pPr>
           <w:r w:rsidRPr="00624701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5AF46812A4F348F5B093DAB802F52EB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EB924A30-8067-4031-9F75-E29D7A00C0D9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="5AF46812A4F348F5B093DAB802F52EB81"/>
+            <w:pStyle w:val="5AF46812A4F348F5B093DAB802F52EB8"/>
           </w:pPr>
           <w:r w:rsidRPr="00624701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7E29BCD753EB4D7F96F8871A49A1640A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{988349F8-576C-4A5F-95DB-85A2BD868C29}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="7E29BCD753EB4D7F96F8871A49A1640A1"/>
+            <w:pStyle w:val="7E29BCD753EB4D7F96F8871A49A1640A"/>
           </w:pPr>
           <w:r w:rsidRPr="00624701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E188D43D18A74B1188A868AD9C655508"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{656A8D3C-A582-496A-8E16-66F7235CDC14}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="E188D43D18A74B1188A868AD9C6555081"/>
+            <w:pStyle w:val="E188D43D18A74B1188A868AD9C655508"/>
           </w:pPr>
           <w:r w:rsidRPr="00B261D5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D534744C1DB84F50BB85A62B89992DFA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B92FF00E-3BB7-476F-A1E7-3A86DD2405D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="D534744C1DB84F50BB85A62B89992DFA1"/>
+            <w:pStyle w:val="D534744C1DB84F50BB85A62B89992DFA"/>
           </w:pPr>
           <w:r w:rsidRPr="00B261D5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="289AB5AF0BD1478A82AB40A4D14F6202"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{30E19D99-A881-47CA-B4A3-0652AA28158F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="289AB5AF0BD1478A82AB40A4D14F62021"/>
+            <w:pStyle w:val="289AB5AF0BD1478A82AB40A4D14F6202"/>
           </w:pPr>
           <w:r w:rsidRPr="00117343">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="07F0B3DEA28A4784A927FB213DC948D9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3A50F36F-790A-41A1-82B8-5FB272D3F67B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="07F0B3DEA28A4784A927FB213DC948D91"/>
+            <w:pStyle w:val="07F0B3DEA28A4784A927FB213DC948D9"/>
           </w:pPr>
           <w:r w:rsidRPr="00117343">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7F242A2E2CA44CC3A4727B31E6BF509E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{143FBDEB-EC07-41CD-A6BA-A7D985751675}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="7F242A2E2CA44CC3A4727B31E6BF509E1"/>
+            <w:pStyle w:val="7F242A2E2CA44CC3A4727B31E6BF509E"/>
           </w:pPr>
           <w:r w:rsidRPr="00117343">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="36D3867D05444A3EA0A170B767966C30"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A1E30B2B-8398-4E1A-991B-C48CA5D8342C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="36D3867D05444A3EA0A170B767966C301"/>
+            <w:pStyle w:val="36D3867D05444A3EA0A170B767966C30"/>
           </w:pPr>
           <w:r w:rsidRPr="004B5B42">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BF376DF16E1F48E9A640D34F1023751B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1CFC979B-BADD-40DC-9560-FCC8BCB2E83D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="BF376DF16E1F48E9A640D34F1023751B1"/>
+            <w:pStyle w:val="BF376DF16E1F48E9A640D34F1023751B"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="519D08988B614684BD060032466E9CA2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{163E74B0-6DBA-4DF0-97E4-CBA7FF22D642}"/>
@@ -10418,143 +11111,143 @@
           <w:r w:rsidRPr="00F328DF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CFC8FE471FD04DE2885701244ADEF367"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A9630777-6062-4D41-A1AD-F219CE6AC418}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="CFC8FE471FD04DE2885701244ADEF3671"/>
+            <w:pStyle w:val="CFC8FE471FD04DE2885701244ADEF367"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FA2C7D017DFD430287AB820C371B82AF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{19B42B7D-D2AE-457F-AA35-05ECC2144CEF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="FA2C7D017DFD430287AB820C371B82AF1"/>
+            <w:pStyle w:val="FA2C7D017DFD430287AB820C371B82AF"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49358B884E6A4310A252CD719B317DAA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{89A59CC8-6C23-468F-8E0B-EAFE69F9C2FF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="49358B884E6A4310A252CD719B317DAA1"/>
+            <w:pStyle w:val="49358B884E6A4310A252CD719B317DAA"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8F019E4D61AB4A2F96BBAC6B0C1F5F51"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{687E20F6-EA30-4B61-9D44-B3919EC3E155}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="8F019E4D61AB4A2F96BBAC6B0C1F5F511"/>
+            <w:pStyle w:val="8F019E4D61AB4A2F96BBAC6B0C1F5F51"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="01C59468CB9147F085E627FBBC9C5A75"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{678FE232-5C3B-4C1D-85A2-AAD2587A4171}"/>
@@ -10567,143 +11260,143 @@
           <w:r w:rsidRPr="00F328DF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F0F3FD200A9C4684B7B0DBB8C724F804"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{231C9841-3BB8-41F8-863A-0C00A6E0C55A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="F0F3FD200A9C4684B7B0DBB8C724F8041"/>
+            <w:pStyle w:val="F0F3FD200A9C4684B7B0DBB8C724F804"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="64DBA9B4D7D64943B4F3A96E40C1631D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{66525840-3653-4778-A1A4-9D695A51CD6A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="64DBA9B4D7D64943B4F3A96E40C1631D1"/>
+            <w:pStyle w:val="64DBA9B4D7D64943B4F3A96E40C1631D"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="67B991FF43EB4A24BEC6133624FD3937"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9670D565-DBD0-4EE2-B1D7-318529E19E62}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="67B991FF43EB4A24BEC6133624FD39371"/>
+            <w:pStyle w:val="67B991FF43EB4A24BEC6133624FD3937"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F9AA8BE57ED74BA7822B0B803E2B3653"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B2D16190-41BE-4B2F-BB5F-52CE647A30D5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="F9AA8BE57ED74BA7822B0B803E2B36531"/>
+            <w:pStyle w:val="F9AA8BE57ED74BA7822B0B803E2B3653"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="54EE5B7FFDFE42569C8CB357E09A2A63"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E5AFE912-1075-4D4F-9A23-EF227415C23D}"/>
@@ -10716,143 +11409,143 @@
           <w:r w:rsidRPr="00F328DF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EB44D3FF29AB4932AAB773EA5652A026"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{146623C6-3613-4670-9436-6E7A0EE19B97}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="EB44D3FF29AB4932AAB773EA5652A0261"/>
+            <w:pStyle w:val="EB44D3FF29AB4932AAB773EA5652A026"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="17D1B4DC19764E6C87403C53076245EF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{34F16F00-213A-4131-8342-D33E187CC138}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="17D1B4DC19764E6C87403C53076245EF1"/>
+            <w:pStyle w:val="17D1B4DC19764E6C87403C53076245EF"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3BB46AC907D442F68C5F2A6351BC5644"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{294FCF5A-66B7-4050-AC99-5E379E0EB2DC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="3BB46AC907D442F68C5F2A6351BC56441"/>
+            <w:pStyle w:val="3BB46AC907D442F68C5F2A6351BC5644"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1F6A64757D4F445EAB7BC3E3A7761F7F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{850C9B16-A9B6-4261-9D35-B2CBC60B2080}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="1F6A64757D4F445EAB7BC3E3A7761F7F1"/>
+            <w:pStyle w:val="1F6A64757D4F445EAB7BC3E3A7761F7F"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1AED12D307454A8B9CD8FF646542F5A5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F62F463B-846C-4628-BC12-5E51AA42FAA5}"/>
@@ -10865,143 +11558,143 @@
           <w:r w:rsidRPr="00F328DF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="99FC917F49044D339D53E50DE1089BBE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2A5A961D-3825-492D-8D26-8339FA6C7319}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="99FC917F49044D339D53E50DE1089BBE1"/>
+            <w:pStyle w:val="99FC917F49044D339D53E50DE1089BBE"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CA397BE60C864740AFC95E6EEE0FD230"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06E4780D-3D22-4E0F-A2D2-76B20B800393}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="CA397BE60C864740AFC95E6EEE0FD2301"/>
+            <w:pStyle w:val="CA397BE60C864740AFC95E6EEE0FD230"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1560C6D6128E40E6A1F5532E20B0D8D2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{65109012-0602-4DB5-95E1-568CFAEFCBE3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="1560C6D6128E40E6A1F5532E20B0D8D21"/>
+            <w:pStyle w:val="1560C6D6128E40E6A1F5532E20B0D8D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C43C213764144FDD9D11C64901B2E546"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{57FB958D-1246-4B44-8358-D07CBBAD5CBB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="C43C213764144FDD9D11C64901B2E5461"/>
+            <w:pStyle w:val="C43C213764144FDD9D11C64901B2E546"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1A32A01EB4A64ED6A6CB10749A82FADF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4BA079C6-D198-4EF8-B59E-700C3F8A5748}"/>
@@ -11014,143 +11707,143 @@
           <w:r w:rsidRPr="00F328DF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5DCB70122C5C412CB2CF85A4942ECFB6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{23385700-8B31-4B99-88A8-2F65B4CA9EAD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="5DCB70122C5C412CB2CF85A4942ECFB61"/>
+            <w:pStyle w:val="5DCB70122C5C412CB2CF85A4942ECFB6"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A5ED244726BA4C70AFB4F1265BD4B1DF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9D836972-4C66-4D74-9A6C-A88F1D5886A9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="A5ED244726BA4C70AFB4F1265BD4B1DF1"/>
+            <w:pStyle w:val="A5ED244726BA4C70AFB4F1265BD4B1DF"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A1F623844B024BC4AE879820AA4379D1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6ECAAD4A-A591-4BD7-A8E9-35558E4A5459}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="A1F623844B024BC4AE879820AA4379D11"/>
+            <w:pStyle w:val="A1F623844B024BC4AE879820AA4379D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00F234E9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F00FA120AED492597096F52A5751A36"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BEFD6C4B-CC85-4434-BD39-9DC30FBD41B4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="3F00FA120AED492597096F52A5751A361"/>
+            <w:pStyle w:val="3F00FA120AED492597096F52A5751A36"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="43CF33284A9A4707B280D891E1E1397F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBE4CB3C-C261-43A8-B01D-E7D00AAC90A8}"/>
@@ -11163,83 +11856,83 @@
           <w:r w:rsidRPr="00504849">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9B3C4BFF871246B0AC6AC1E03A9B28C8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DD0A8BD2-655C-4838-BEC3-CCFE13488D56}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="9B3C4BFF871246B0AC6AC1E03A9B28C81"/>
+            <w:pStyle w:val="9B3C4BFF871246B0AC6AC1E03A9B28C8"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="780F6AFDDCE8470C8C29550A642AE83F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2312D276-A426-4194-8412-82B1A9AB1CCA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="780F6AFDDCE8470C8C29550A642AE83F1"/>
+            <w:pStyle w:val="780F6AFDDCE8470C8C29550A642AE83F"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B0A903B0A0684B77B3E1AE3F7AC7373C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4B6C18BA-3E47-457F-802B-CBAC147B21E6}"/>
@@ -11252,83 +11945,83 @@
           <w:r w:rsidRPr="00504849">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AE61E0A016A4484A9A27C51D829DDB63"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1E5A7281-7D5A-4261-802D-01FF79E4BA9F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="AE61E0A016A4484A9A27C51D829DDB631"/>
+            <w:pStyle w:val="AE61E0A016A4484A9A27C51D829DDB63"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="83B817B367CA4A0E8975BBD0063D8742"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C9406A59-B220-48BB-A46E-B07673950653}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="83B817B367CA4A0E8975BBD0063D87421"/>
+            <w:pStyle w:val="83B817B367CA4A0E8975BBD0063D8742"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="65A80691FAAD4011BE9B4E2AA7CB8D9E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A1919A2-ACBA-4EED-8EDE-13D3682197D4}"/>
@@ -11341,83 +12034,83 @@
           <w:r w:rsidRPr="00504849">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2753AAA4F12F4489B5F9C7180BA28FF5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D30488A2-7B86-439D-B1A8-5AA1E51D2AE7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="2753AAA4F12F4489B5F9C7180BA28FF51"/>
+            <w:pStyle w:val="2753AAA4F12F4489B5F9C7180BA28FF5"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="558CB38CA67A45A2B9555D641AF24D7F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{43C9E852-DF4D-438F-A20B-5DF96721A6EF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="558CB38CA67A45A2B9555D641AF24D7F1"/>
+            <w:pStyle w:val="558CB38CA67A45A2B9555D641AF24D7F"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89DCA1499A7847F2A0CAEBD7ECCCFE7A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{76410C50-8687-4FA9-B924-94BCA28E1C5A}"/>
@@ -11430,83 +12123,83 @@
           <w:r w:rsidRPr="00504849">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A5596DFA4FD948B184A1F9102D8F8CF5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F1C06692-8B9C-4231-9690-34FF5CD683D6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="A5596DFA4FD948B184A1F9102D8F8CF51"/>
+            <w:pStyle w:val="A5596DFA4FD948B184A1F9102D8F8CF5"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0D1F63B61F0B4AF0B8F28426BD6E14E3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FF7B2F13-B17C-4B33-A15C-DAEED8EFDA4B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="0D1F63B61F0B4AF0B8F28426BD6E14E31"/>
+            <w:pStyle w:val="0D1F63B61F0B4AF0B8F28426BD6E14E3"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B541B9F080E94D1FA2F2D3C0DD6D8739"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FC8438BE-E959-439E-BEC9-57A61C3396AE}"/>
@@ -11519,264 +12212,264 @@
           <w:r w:rsidRPr="00504849">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="594348D591C34D5780C191170A39FC30"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F5B28AA9-D566-433D-8DB4-150B935C8C92}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="594348D591C34D5780C191170A39FC301"/>
+            <w:pStyle w:val="594348D591C34D5780C191170A39FC30"/>
           </w:pPr>
           <w:r w:rsidRPr="00994D99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3E5FB45F387342429607A049D19E637F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D3F91740-BB71-487E-8563-9A6338AB0D16}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="3E5FB45F387342429607A049D19E637F"/>
+            <w:pStyle w:val="3E5FB45F387342429607A049D19E637F1"/>
           </w:pPr>
           <w:r w:rsidRPr="004B5B42">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3D7E148B2C744B15A955D659545FEBDD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EAE48C08-4DF2-4EF6-B45F-C571CFB6D996}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="3D7E148B2C744B15A955D659545FEBDD"/>
+            <w:pStyle w:val="3D7E148B2C744B15A955D659545FEBDD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ADA9FA1044144172AD8D10BAE6BF212F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CCE99FCB-7BA9-4B42-BD9C-F3E52B1F0821}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="ADA9FA1044144172AD8D10BAE6BF212F"/>
+            <w:pStyle w:val="ADA9FA1044144172AD8D10BAE6BF212F1"/>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6FC6DC8544F74C7584E080D58D613AC0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B9C0AE1E-ADEB-4FFF-9DD9-047D3E048BFC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="6FC6DC8544F74C7584E080D58D613AC0"/>
+            <w:pStyle w:val="6FC6DC8544F74C7584E080D58D613AC01"/>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A9EE5EB233FC4051B302C2240E9C64DC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{78D743C4-3D91-4DB0-A537-2CE55D6B5291}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00B61BF0" w:rsidP="00B61BF0">
+        <w:p w:rsidR="00B61BF0" w:rsidRDefault="00857C72" w:rsidP="00857C72">
           <w:pPr>
-            <w:pStyle w:val="A9EE5EB233FC4051B302C2240E9C64DC"/>
+            <w:pStyle w:val="A9EE5EB233FC4051B302C2240E9C64DC1"/>
           </w:pPr>
           <w:r w:rsidRPr="00913CB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
@@ -11810,123 +12503,125 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D661B7"/>
+    <w:rsid w:val="00022B12"/>
     <w:rsid w:val="000C13F9"/>
     <w:rsid w:val="000C67FE"/>
     <w:rsid w:val="00100AEA"/>
     <w:rsid w:val="00152E35"/>
     <w:rsid w:val="001875B8"/>
     <w:rsid w:val="00270C24"/>
     <w:rsid w:val="002E3DE7"/>
     <w:rsid w:val="00325926"/>
     <w:rsid w:val="0044131D"/>
     <w:rsid w:val="004501CD"/>
     <w:rsid w:val="004826C7"/>
     <w:rsid w:val="004C2981"/>
     <w:rsid w:val="00554755"/>
     <w:rsid w:val="006C4407"/>
     <w:rsid w:val="00721E34"/>
     <w:rsid w:val="007A3806"/>
     <w:rsid w:val="007F3109"/>
+    <w:rsid w:val="00857C72"/>
     <w:rsid w:val="008B1A5B"/>
     <w:rsid w:val="009076CB"/>
     <w:rsid w:val="0091134D"/>
     <w:rsid w:val="009B1C35"/>
     <w:rsid w:val="009C5341"/>
     <w:rsid w:val="009D1A6C"/>
     <w:rsid w:val="00AA2CEB"/>
     <w:rsid w:val="00B61BF0"/>
     <w:rsid w:val="00C04E21"/>
     <w:rsid w:val="00C34498"/>
     <w:rsid w:val="00D17BE9"/>
     <w:rsid w:val="00D661B7"/>
     <w:rsid w:val="00D957CC"/>
     <w:rsid w:val="00DA773A"/>
     <w:rsid w:val="00E33FCA"/>
     <w:rsid w:val="00EC7184"/>
     <w:rsid w:val="00EF1FF4"/>
     <w:rsid w:val="00FE3E8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12312,51 +13007,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B61BF0"/>
+    <w:rsid w:val="00857C72"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EB29DDAA9A846B2B24B6752C83DA6D1">
     <w:name w:val="8EB29DDAA9A846B2B24B6752C83DA6D1"/>
     <w:rsid w:val="00FE3E8E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="519D08988B614684BD060032466E9CA2">
     <w:name w:val="519D08988B614684BD060032466E9CA2"/>
     <w:rsid w:val="00B61BF0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-FI" w:eastAsia="en-FI"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01C59468CB9147F085E627FBBC9C5A75">
     <w:name w:val="01C59468CB9147F085E627FBBC9C5A75"/>
     <w:rsid w:val="00B61BF0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-FI" w:eastAsia="en-FI"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
@@ -13082,55 +13777,726 @@
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FC6DC8544F74C7584E080D58D613AC0">
     <w:name w:val="6FC6DC8544F74C7584E080D58D613AC0"/>
     <w:rsid w:val="00B61BF0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9EE5EB233FC4051B302C2240E9C64DC">
     <w:name w:val="A9EE5EB233FC4051B302C2240E9C64DC"/>
     <w:rsid w:val="00B61BF0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABEEF057A60D4717AC56CE811273B35E">
+    <w:name w:val="ABEEF057A60D4717AC56CE811273B35E"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D6B51228E8834C5DA6C7C1E879D0CBD8">
+    <w:name w:val="D6B51228E8834C5DA6C7C1E879D0CBD8"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82DE4758A5AF4E41ABBB6A49E7D529E9">
+    <w:name w:val="82DE4758A5AF4E41ABBB6A49E7D529E9"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FBFA377E6154A1987FA142AC8CDABD1">
+    <w:name w:val="5FBFA377E6154A1987FA142AC8CDABD1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EDAF283E84247B4972A5EAD19F6AF41">
+    <w:name w:val="3EDAF283E84247B4972A5EAD19F6AF41"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93D3FB973D5544049FBAF5C599CEFBF1">
+    <w:name w:val="93D3FB973D5544049FBAF5C599CEFBF1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53A3910ACEF547C7AC30149704F0E256">
+    <w:name w:val="53A3910ACEF547C7AC30149704F0E256"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCDE0E0516F1481BB424A9846F5B525B">
+    <w:name w:val="FCDE0E0516F1481BB424A9846F5B525B"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6195023B5BF4B728403690C4A2171C8">
+    <w:name w:val="A6195023B5BF4B728403690C4A2171C8"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2926CB3FBE23434C92B891B1C8DCC364">
+    <w:name w:val="2926CB3FBE23434C92B891B1C8DCC364"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A778266B7104F9B93F33B72FE9DBAE7">
+    <w:name w:val="6A778266B7104F9B93F33B72FE9DBAE7"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F361FAD942CD42D4882AC185AE9BB915">
+    <w:name w:val="F361FAD942CD42D4882AC185AE9BB915"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AACFECE2B7B429F93439A33E6D69620">
+    <w:name w:val="2AACFECE2B7B429F93439A33E6D69620"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="588A5CB75468430AAC2C8C742F29BCFF">
+    <w:name w:val="588A5CB75468430AAC2C8C742F29BCFF"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CF8AB4E82E34A889C9A854A0968DD12">
+    <w:name w:val="0CF8AB4E82E34A889C9A854A0968DD12"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D2CA81EEADF4C57887B38B18FE4443A">
+    <w:name w:val="3D2CA81EEADF4C57887B38B18FE4443A"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B9322FF762443898FB6A6C63F07FEDF">
+    <w:name w:val="0B9322FF762443898FB6A6C63F07FEDF"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77B047BC3E924968BEEF9A2FCB2BE018">
+    <w:name w:val="77B047BC3E924968BEEF9A2FCB2BE018"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AF46812A4F348F5B093DAB802F52EB8">
+    <w:name w:val="5AF46812A4F348F5B093DAB802F52EB8"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E29BCD753EB4D7F96F8871A49A1640A">
+    <w:name w:val="7E29BCD753EB4D7F96F8871A49A1640A"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E188D43D18A74B1188A868AD9C655508">
+    <w:name w:val="E188D43D18A74B1188A868AD9C655508"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D534744C1DB84F50BB85A62B89992DFA">
+    <w:name w:val="D534744C1DB84F50BB85A62B89992DFA"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="289AB5AF0BD1478A82AB40A4D14F6202">
+    <w:name w:val="289AB5AF0BD1478A82AB40A4D14F6202"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07F0B3DEA28A4784A927FB213DC948D9">
+    <w:name w:val="07F0B3DEA28A4784A927FB213DC948D9"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F242A2E2CA44CC3A4727B31E6BF509E">
+    <w:name w:val="7F242A2E2CA44CC3A4727B31E6BF509E"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36D3867D05444A3EA0A170B767966C30">
+    <w:name w:val="36D3867D05444A3EA0A170B767966C30"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E5FB45F387342429607A049D19E637F1">
+    <w:name w:val="3E5FB45F387342429607A049D19E637F1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF376DF16E1F48E9A640D34F1023751B">
+    <w:name w:val="BF376DF16E1F48E9A640D34F1023751B"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFC8FE471FD04DE2885701244ADEF367">
+    <w:name w:val="CFC8FE471FD04DE2885701244ADEF367"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA2C7D017DFD430287AB820C371B82AF">
+    <w:name w:val="FA2C7D017DFD430287AB820C371B82AF"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49358B884E6A4310A252CD719B317DAA">
+    <w:name w:val="49358B884E6A4310A252CD719B317DAA"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F019E4D61AB4A2F96BBAC6B0C1F5F51">
+    <w:name w:val="8F019E4D61AB4A2F96BBAC6B0C1F5F51"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0F3FD200A9C4684B7B0DBB8C724F804">
+    <w:name w:val="F0F3FD200A9C4684B7B0DBB8C724F804"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="64DBA9B4D7D64943B4F3A96E40C1631D">
+    <w:name w:val="64DBA9B4D7D64943B4F3A96E40C1631D"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67B991FF43EB4A24BEC6133624FD3937">
+    <w:name w:val="67B991FF43EB4A24BEC6133624FD3937"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9AA8BE57ED74BA7822B0B803E2B3653">
+    <w:name w:val="F9AA8BE57ED74BA7822B0B803E2B3653"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB44D3FF29AB4932AAB773EA5652A026">
+    <w:name w:val="EB44D3FF29AB4932AAB773EA5652A026"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17D1B4DC19764E6C87403C53076245EF">
+    <w:name w:val="17D1B4DC19764E6C87403C53076245EF"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BB46AC907D442F68C5F2A6351BC5644">
+    <w:name w:val="3BB46AC907D442F68C5F2A6351BC5644"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F6A64757D4F445EAB7BC3E3A7761F7F">
+    <w:name w:val="1F6A64757D4F445EAB7BC3E3A7761F7F"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99FC917F49044D339D53E50DE1089BBE">
+    <w:name w:val="99FC917F49044D339D53E50DE1089BBE"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA397BE60C864740AFC95E6EEE0FD230">
+    <w:name w:val="CA397BE60C864740AFC95E6EEE0FD230"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1560C6D6128E40E6A1F5532E20B0D8D2">
+    <w:name w:val="1560C6D6128E40E6A1F5532E20B0D8D2"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C43C213764144FDD9D11C64901B2E546">
+    <w:name w:val="C43C213764144FDD9D11C64901B2E546"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DCB70122C5C412CB2CF85A4942ECFB6">
+    <w:name w:val="5DCB70122C5C412CB2CF85A4942ECFB6"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A5ED244726BA4C70AFB4F1265BD4B1DF">
+    <w:name w:val="A5ED244726BA4C70AFB4F1265BD4B1DF"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A1F623844B024BC4AE879820AA4379D1">
+    <w:name w:val="A1F623844B024BC4AE879820AA4379D1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F00FA120AED492597096F52A5751A36">
+    <w:name w:val="3F00FA120AED492597096F52A5751A36"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B3C4BFF871246B0AC6AC1E03A9B28C8">
+    <w:name w:val="9B3C4BFF871246B0AC6AC1E03A9B28C8"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="780F6AFDDCE8470C8C29550A642AE83F">
+    <w:name w:val="780F6AFDDCE8470C8C29550A642AE83F"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE61E0A016A4484A9A27C51D829DDB63">
+    <w:name w:val="AE61E0A016A4484A9A27C51D829DDB63"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83B817B367CA4A0E8975BBD0063D8742">
+    <w:name w:val="83B817B367CA4A0E8975BBD0063D8742"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2753AAA4F12F4489B5F9C7180BA28FF5">
+    <w:name w:val="2753AAA4F12F4489B5F9C7180BA28FF5"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="558CB38CA67A45A2B9555D641AF24D7F">
+    <w:name w:val="558CB38CA67A45A2B9555D641AF24D7F"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A5596DFA4FD948B184A1F9102D8F8CF5">
+    <w:name w:val="A5596DFA4FD948B184A1F9102D8F8CF5"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D1F63B61F0B4AF0B8F28426BD6E14E3">
+    <w:name w:val="0D1F63B61F0B4AF0B8F28426BD6E14E3"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="594348D591C34D5780C191170A39FC30">
+    <w:name w:val="594348D591C34D5780C191170A39FC30"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D7E148B2C744B15A955D659545FEBDD1">
+    <w:name w:val="3D7E148B2C744B15A955D659545FEBDD1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADA9FA1044144172AD8D10BAE6BF212F1">
+    <w:name w:val="ADA9FA1044144172AD8D10BAE6BF212F1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FC6DC8544F74C7584E080D58D613AC01">
+    <w:name w:val="6FC6DC8544F74C7584E080D58D613AC01"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9EE5EB233FC4051B302C2240E9C64DC1">
+    <w:name w:val="A9EE5EB233FC4051B302C2240E9C64DC1"/>
+    <w:rsid w:val="00857C72"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -13396,67 +14762,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A53BBE0B-EEB3-4A9B-A8E8-7CFB02774608}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1209</Words>
-  <Characters>6893</Characters>
+  <Words>1238</Words>
+  <Characters>7060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
+  <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>U.S. Department of State</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8086</CharactersWithSpaces>
+  <CharactersWithSpaces>8282</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>poppj</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>