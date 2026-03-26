--- v0 (2025-10-07)
+++ v1 (2026-03-26)
@@ -20,167 +20,206 @@
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6628915A" w14:textId="5B07315D" w:rsidR="001B45F0" w:rsidRDefault="009D6AB1" w:rsidP="009D6AB1">
+    <w:p w14:paraId="6628915A" w14:textId="3CE62F69" w:rsidR="001B45F0" w:rsidRDefault="009D6AB1" w:rsidP="009D6AB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6AB1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">FULBRIGHT FINLAND UNDERGRADUATE PROGRAM </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009D6AB1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>FOR THE ACADEMIC YEAR 2025-26</w:t>
+        <w:t>FOR THE ACADEMIC YEAR 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6AD9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6AB1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6AD9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD5DA82" w14:textId="77777777" w:rsidR="009D6AB1" w:rsidRDefault="009D6AB1" w:rsidP="009D6AB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D6AB1" w14:paraId="470708A0" w14:textId="77777777" w:rsidTr="002F5D42">
         <w:trPr>
           <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F4C3C5" w14:textId="18E4FC0C" w:rsidR="002F5D42" w:rsidRDefault="002F5D42" w:rsidP="002F5D42">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F5D42">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TARKISTUSLISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1349A531" w14:textId="1D1D757B" w:rsidR="00AF5DFD" w:rsidRPr="00C95FB8" w:rsidRDefault="009D6AB1" w:rsidP="00E108B1">
+    <w:p w14:paraId="1349A531" w14:textId="7CED2146" w:rsidR="00AF5DFD" w:rsidRPr="00C95FB8" w:rsidRDefault="00690AEF" w:rsidP="00E108B1">
       <w:pPr>
         <w:spacing w:beforeLines="40" w:before="96"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C95FB8">
-        <w:t>9.4.2025 klo 12.00 (Suomen aikaa) mennessä Fulbright Suomi -säätiöön toimitettavat dokumentit:</w:t>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6AB1" w:rsidRPr="00C95FB8">
+        <w:t>.4.202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6AB1" w:rsidRPr="00C95FB8">
+        <w:t xml:space="preserve"> klo 12.00 (Suomen aikaa) mennessä Fulbright Suomi -säätiöön toimitettavat dokumentit:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="9303" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="456"/>
         <w:gridCol w:w="957"/>
         <w:gridCol w:w="7647"/>
         <w:gridCol w:w="243"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w14:paraId="3EBA5391" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="246629523"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -261,52 +300,62 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8847" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="544073E0" w14:textId="2C0EC8D0" w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w:rsidRDefault="009D6AB1" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E108B1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Study objectives -sivu</w:t>
-            </w:r>
+              <w:t>Study objectives -</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sivu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w14:paraId="5F09C159" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1126390168"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6940C389" w14:textId="28BB9BB1" w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w:rsidRDefault="009D6AB1" w:rsidP="00FE67B2">
                 <w:pPr>
                   <w:spacing w:beforeLines="20" w:before="48"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00E108B1">
                   <w:rPr>
@@ -316,52 +365,62 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8847" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="749A505C" w14:textId="07B9705D" w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w:rsidRDefault="009D6AB1" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E108B1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Personal statement -sivu</w:t>
-            </w:r>
+              <w:t>Personal statement -</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sivu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w14:paraId="03F463EC" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1463769717"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="144B4AC7" w14:textId="4194E0CC" w:rsidR="009D6AB1" w:rsidRPr="00E108B1" w:rsidRDefault="009D6AB1" w:rsidP="00FE67B2">
                 <w:pPr>
                   <w:spacing w:beforeLines="20" w:before="48"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00E108B1">
                   <w:rPr>
@@ -1227,341 +1286,470 @@
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="46FD0E98" w14:textId="71BC6C63" w:rsidR="0035600A" w:rsidRPr="00E108B1" w:rsidRDefault="0035600A" w:rsidP="00FE67B2">
                 <w:pPr>
                   <w:spacing w:beforeLines="20" w:before="48"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E108B1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8847" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7525BFAC" w14:textId="2AACF445" w:rsidR="0035600A" w:rsidRPr="00E108B1" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
+          <w:p w14:paraId="7525BFAC" w14:textId="043BCEAF" w:rsidR="0035600A" w:rsidRPr="00E108B1" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E108B1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pystyn osallistumaan virtuaaliseen stipendihaastatteluun 24.4.2025 (muita haastattelupäiviä ei ole tarjolla)</w:t>
+              <w:t>Pystyn osallistumaan virtuaaliseen stipendihaastatteluun 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00690AEF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.4.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00690AEF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (muita haastattelupäiviä ei ole tarjolla)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035600A" w:rsidRPr="00E108B1" w14:paraId="2CEB2699" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1469814442"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0876C3B4" w14:textId="286D1218" w:rsidR="0035600A" w:rsidRPr="00E108B1" w:rsidRDefault="0035600A" w:rsidP="00FE67B2">
                 <w:pPr>
                   <w:spacing w:beforeLines="20" w:before="48"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E108B1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8847" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3E87C3" w14:textId="4D1C09B3" w:rsidR="0035600A" w:rsidRPr="00E108B1" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
+          <w:p w14:paraId="4F3E87C3" w14:textId="2289DF7B" w:rsidR="0035600A" w:rsidRPr="00E108B1" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E108B1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pystyn osallistumaan Pre-Departure -orientaatioon ja stipendienjakotilaisuuteen Helsingissä 13.5.2025, jos minut valitaan stipendiohjelmaan</w:t>
+              <w:t xml:space="preserve">Pystyn osallistumaan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pre-Departure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -orientaatioon</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja stipendienjakotilaisuuteen Helsingissä 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00690AEF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.5.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00690AEF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E108B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, jos minut valitaan stipendiohjelmaan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E108B1" w14:paraId="5F09B95F" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9303" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="665B7E50" w14:textId="5D0F7C98" w:rsidR="00B33FD3" w:rsidRPr="00C95FB8" w:rsidRDefault="00B33FD3" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95FB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Olen tarkistanut, että hakemukseni sisältää kaikki yllä mainitut dokumentit, ja että yllä mainitut päivämäärät sopivat aikatauluuni. Ymmärrän, että hakijan vastuulla on varmistaa, että kaikki vaaditut tiedot ja dokumentit toimitetaan Fulbright Suomi -säätiölle hakuajan päättymiseen mennessä.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035600A" w:rsidRPr="0035600A" w14:paraId="21AD9931" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="243" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="142C2287" w14:textId="1DB7967E" w:rsidR="0035600A" w:rsidRPr="0035600A" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0035600A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Hakijan nimi:</w:t>
+              <w:t>Hakijan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0035600A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0035600A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nimi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0035600A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C353E8D" w14:textId="6918EF39" w:rsidR="0035600A" w:rsidRPr="0035600A" w:rsidRDefault="009F1F72" w:rsidP="00B33FD3">
+          <w:p w14:paraId="7C353E8D" w14:textId="6918EF39" w:rsidR="0035600A" w:rsidRPr="0035600A" w:rsidRDefault="00490650" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="24452339"/>
                 <w:placeholder>
                   <w:docPart w:val="F084CA7925EE43EE85F7C6B828CDD47D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E108B1" w:rsidRPr="00E108B1">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>Napsauta tai napauta tästä kirjoittaaksesi tekstin</w:t>
                 </w:r>
                 <w:r w:rsidR="00E108B1" w:rsidRPr="00E108B1">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035600A" w:rsidRPr="0035600A" w14:paraId="3FD88C18" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="243" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BDAAAEB" w14:textId="2715302C" w:rsidR="0035600A" w:rsidRPr="0035600A" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0035600A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Päivämäära:</w:t>
+              <w:t>Päivämäära</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0035600A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1415822487"/>
             <w:placeholder>
               <w:docPart w:val="F6FC8AA3317F47BF8CEA88CB64D8A68E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2025-03-05T00:00:00Z">
               <w:dateFormat w:val="d. MMMM yyyy"/>
               <w:lid w:val="fi-FI"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7647" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2EDBC31A" w14:textId="35F7FA86" w:rsidR="0035600A" w:rsidRPr="002F5D42" w:rsidRDefault="00E108B1" w:rsidP="00B33FD3">
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:jc w:val="both"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00E108B1">
                   <w:rPr>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Napsauta tai napauta valitaksesi päivämäärän</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00E108B1">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0035600A" w:rsidRPr="002F5D42" w14:paraId="54719786" w14:textId="77777777" w:rsidTr="00B33FD3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="243" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718351C7" w14:textId="72E5DE00" w:rsidR="0035600A" w:rsidRPr="0035600A" w:rsidRDefault="0035600A" w:rsidP="00B33FD3">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0035600A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Allekirjoitus:</w:t>
+              <w:t>Allekirjoitus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0035600A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55E5300F" w14:textId="256E757F" w:rsidR="0035600A" w:rsidRPr="002F5D42" w:rsidRDefault="009F1F72" w:rsidP="0035600A">
+          <w:p w14:paraId="55E5300F" w14:textId="256E757F" w:rsidR="0035600A" w:rsidRPr="002F5D42" w:rsidRDefault="00490650" w:rsidP="0035600A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1612555012"/>
                 <w:showingPlcHdr/>
                 <w:picture/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F5D42">
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:noProof/>
@@ -1625,110 +1813,140 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FE67B2" w:rsidSect="00E108B1">
           <w:headerReference w:type="even" r:id="rId9"/>
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="even" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1985" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F4D848F" w14:textId="64BF7A90" w:rsidR="00857D06" w:rsidRDefault="00857D06" w:rsidP="00857D06">
+    <w:p w14:paraId="1F4D848F" w14:textId="71B2AC18" w:rsidR="00857D06" w:rsidRDefault="00857D06" w:rsidP="00857D06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6AB1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">FULBRIGHT FINLAND UNDERGRADUATE PROGRAM </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009D6AB1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>FOR THE ACADEMIC YEAR 2025-26</w:t>
+        <w:t>FOR THE ACADEMIC YEAR 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6AD9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6AB1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6AD9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE31E0A" w14:textId="77777777" w:rsidR="00857D06" w:rsidRDefault="00857D06" w:rsidP="00857D06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
       <w:tr w:rsidR="00857D06" w14:paraId="68E669F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53045965" w14:textId="5C88FEC8" w:rsidR="00BE704A" w:rsidRDefault="00857D06" w:rsidP="00BE704A">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1747,71 +1965,69 @@
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>APPLICATION FORM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A7BB5EA" w14:textId="77777777" w:rsidR="00857D06" w:rsidRPr="009D6AB1" w:rsidRDefault="00857D06" w:rsidP="00857D06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="456"/>
-        <w:gridCol w:w="678"/>
-        <w:gridCol w:w="1690"/>
+        <w:gridCol w:w="2368"/>
         <w:gridCol w:w="295"/>
         <w:gridCol w:w="258"/>
         <w:gridCol w:w="1585"/>
-        <w:gridCol w:w="141"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1132"/>
       </w:tblGrid>
       <w:tr w:rsidR="0070648A" w14:paraId="7713CE72" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12592021" w14:textId="1B06C45C" w:rsidR="00BE704A" w:rsidRPr="006B7747" w:rsidRDefault="006B7747" w:rsidP="006B7747">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B7747">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>All items must be in English. Please type or print legibly.</w:t>
@@ -1825,55 +2041,55 @@
               </w:pBdr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Personal Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="589279C8" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="589279C8" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DE3F522" w14:textId="3D790775" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -1929,89 +2145,89 @@
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-320651335"/>
             <w:placeholder>
               <w:docPart w:val="009ADD00AF9945B4BFB23C35922E3BF8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3D3FEDCC" w14:textId="1F377A85" w:rsidR="0070648A" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="15C5FE23" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="15C5FE23" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0656E339" w14:textId="39FEF026" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -2057,89 +2273,89 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="-1155987388"/>
             <w:placeholder>
               <w:docPart w:val="39A31D1CABA94514A798CE57B69A1836"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4E57B4F5" w14:textId="37FA4037" w:rsidR="0070648A" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="71529CF6" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="71529CF6" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B3441A" w14:textId="2EF30345" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="0070648A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2206,87 +2422,87 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="0070648A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(DD/MM/YYYY)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63488CE8" w14:textId="1E7170DB" w:rsidR="0070648A" w:rsidRPr="003F5892" w:rsidRDefault="009F1F72" w:rsidP="00F44A5C">
+          <w:p w14:paraId="63488CE8" w14:textId="1E7170DB" w:rsidR="0070648A" w:rsidRPr="003F5892" w:rsidRDefault="00490650" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1906562001"/>
                 <w:placeholder>
                   <w:docPart w:val="B0C394DCE8CA47B79363E1B1075FD34D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="1990-01-01T00:00:00Z">
                   <w:dateFormat w:val="d MMMM yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C54A70" w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003F5892" w:rsidRPr="003F5892">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F5892">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="003F5892" w:rsidRPr="003F5892">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -2296,172 +2512,172 @@
             </w:r>
             <w:r w:rsidR="003F5892">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1689174272"/>
                 <w:placeholder>
                   <w:docPart w:val="4376880FF4F548DEB4C62871C57475E1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D500BA" w:rsidRPr="003F5892">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Click </w:t>
                 </w:r>
                 <w:r w:rsidR="00D500BA">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>h</w:t>
                 </w:r>
                 <w:r w:rsidR="00D500BA">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                   </w:rPr>
                   <w:t>e</w:t>
                 </w:r>
                 <w:r w:rsidR="00D500BA" w:rsidRPr="003F5892">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve">re to </w:t>
                 </w:r>
                 <w:r w:rsidR="00D500BA">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>a</w:t>
                 </w:r>
                 <w:r w:rsidR="00D500BA">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                   </w:rPr>
                   <w:t>dd</w:t>
                 </w:r>
                 <w:r w:rsidR="00D500BA" w:rsidRPr="003F5892">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="155F645E" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="155F645E" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="095C6CCD" w14:textId="1D47CC0F" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gender:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39C6A973" w14:textId="493F9F79" w:rsidR="0070648A" w:rsidRPr="0070648A" w:rsidRDefault="009F1F72" w:rsidP="00F44A5C">
+          <w:p w14:paraId="39C6A973" w14:textId="493F9F79" w:rsidR="0070648A" w:rsidRPr="0070648A" w:rsidRDefault="00490650" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="46427133"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2588,75 +2804,75 @@
               </w:rPr>
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2050759081"/>
                 <w:placeholder>
                   <w:docPart w:val="017D7C5F637147CBBC05C81F92F4B482"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C54A70" w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click here to enter text</w:t>
                 </w:r>
                 <w:r w:rsidR="00C54A70" w:rsidRPr="00352B06">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="7D870476" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="7D870476" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="079A177C" w14:textId="7C30028F" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -2766,89 +2982,89 @@
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1441831885"/>
             <w:placeholder>
               <w:docPart w:val="9A534A6D61F04955A9CA1C537A16EF1A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3D839F67" w14:textId="0A03538E" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0070648A" w14:paraId="6AEAB4FE" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FC69374" w14:textId="77777777" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="256713C5" w14:textId="4114A339" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
@@ -2977,51 +3193,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00E92FB5">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070648A" w14:paraId="3B11E89D" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04E1D921" w14:textId="77777777" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="009F5248">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3144,55 +3360,55 @@
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34F52179" w14:textId="3C2DF147" w:rsidR="0070648A" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="21BC0B04" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="21BC0B04" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77BFEADE" w14:textId="45FF6B06" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3242,200 +3458,200 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="84191665"/>
             <w:placeholder>
               <w:docPart w:val="E8D15E5260084D318949FE1E758065D4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="18A23445" w14:textId="2D3541D7" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00F44A5C">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="3B667476" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="3B667476" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CE9CC08" w14:textId="648E9CE5" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="1544948858"/>
               <w:placeholder>
                 <w:docPart w:val="DD66BC244CA441DF93966B6B27B8BFCA"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="40453DF3" w14:textId="5A103287" w:rsidR="00F44A5C" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="71AE5FDA" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="71AE5FDA" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5155FC37" w14:textId="49A01AC4" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3451,87 +3667,87 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-410231110"/>
             <w:placeholder>
               <w:docPart w:val="BCEE983B1C15437ABB2D8B9DE4729823"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6AB9B700" w14:textId="653F564A" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="3583086D" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="3583086D" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="364C2FF2" w14:textId="7EE71BEE" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3557,195 +3773,195 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="872046848"/>
             <w:placeholder>
               <w:docPart w:val="E73C5301E73C4119AD960F53BBAF7FC6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="23D82152" w14:textId="0EE134B9" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="16E13358" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="16E13358" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35BE4347" w14:textId="587B784E" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Country:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-985160097"/>
               <w:placeholder>
                 <w:docPart w:val="B8AC5F5583384FDCA83792401EFE35BF"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="0FAB49D6" w14:textId="6E8E7E8A" w:rsidR="0070648A" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5F27D9F3" w14:textId="6D558642" w:rsidR="00F44A5C" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="5BA16DE8" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="5BA16DE8" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67C419E3" w14:textId="5B023326" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3809,87 +4025,87 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1445524393"/>
             <w:placeholder>
               <w:docPart w:val="08610E242C754A9AA0A9ECE926FE4D29"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6922158B" w14:textId="3967D135" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="3B6C290C" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="3B6C290C" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46EEAAB9" w14:textId="3F6F80B5" w:rsidR="0070648A" w:rsidRPr="00352B06" w:rsidRDefault="0070648A" w:rsidP="00857D06">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3915,122 +4131,122 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1382665900"/>
             <w:placeholder>
               <w:docPart w:val="089930E26A11479A8FA1B470E487ACC8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4D1861C9" w14:textId="1E9DFFD0" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00F44A5C" w14:paraId="24E49A16" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4797C81B" w14:textId="478FE59D" w:rsidR="00F44A5C" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070648A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Emergency Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="16CC8C33" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="16CC8C33" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="094DF83D" w14:textId="0B5E737A" w:rsidR="0070648A" w:rsidRPr="002F276C" w:rsidRDefault="0070648A" w:rsidP="0070648A">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857D06">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -4040,87 +4256,87 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="2053343265"/>
             <w:placeholder>
               <w:docPart w:val="2C5F5F0990F84E3AAFEDD202AE8BD82D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0F38F2F0" w14:textId="59D8ADA0" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="6A7EBCDC" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="6A7EBCDC" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72EFAAB4" w14:textId="5ED335AE" w:rsidR="0070648A" w:rsidRPr="00857D06" w:rsidRDefault="0070648A" w:rsidP="0070648A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857D06">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -4152,94 +4368,94 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="511728270"/>
             <w:placeholder>
               <w:docPart w:val="5CC63C3C9143407F964D775659EF523F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6F74AF87" w14:textId="20967CB1" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00F44A5C">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="0CF843CA" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="0CF843CA" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="120D4B92" w14:textId="15CA9FAA" w:rsidR="0070648A" w:rsidRPr="00857D06" w:rsidRDefault="0070648A" w:rsidP="0070648A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857D06">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -4291,94 +4507,94 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-531727054"/>
             <w:placeholder>
               <w:docPart w:val="3DBC19182D2B464C8EBB215997203EE4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2318E43A" w14:textId="29A2A5AD" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00F44A5C">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0070648A" w:rsidRPr="00F225AB" w14:paraId="5157087D" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="0070648A" w:rsidRPr="00E34B5E" w14:paraId="5157087D" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52041860" w14:textId="12ED86EC" w:rsidR="0070648A" w:rsidRPr="00857D06" w:rsidRDefault="0070648A" w:rsidP="0070648A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00857D06">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -4388,547 +4604,653 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1348518211"/>
             <w:placeholder>
               <w:docPart w:val="A8F9F842C79544609610EBED40CF81DC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6246" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0227F10C" w14:textId="4E2D50F4" w:rsidR="0070648A" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00F44A5C" w14:paraId="1A92A5CC" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="029B4AD6" w14:textId="033B1364" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B06">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Academic Background</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="79E5EB6E" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="79E5EB6E" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62A548C7" w14:textId="268126E0" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
+          <w:p w14:paraId="62A548C7" w14:textId="4C4E9E53" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B8388B">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Highest degree earned by June 2025 and major discipline or field (in English and Finnish or Swedish)</w:t>
+              <w:t>Highest degree earned by June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00690AEF">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B8388B">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and major discipline or field (in English and Finnish or Swedish)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="48A8E0F0" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="48A8E0F0" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="1206218977"/>
               <w:placeholder>
                 <w:docPart w:val="54FB1F2413D04E6BA3BFB6948C4A90A4"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="43C67038" w14:textId="77777777" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6437B85E" w14:textId="6A15BE7B" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="2BB8EC9C" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="2BB8EC9C" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A6B26B5" w14:textId="65A51C3D" w:rsidR="00F44A5C" w:rsidRPr="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Current or most recent educational institution you are attending or have attended</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="6EEBE265" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="6EEBE265" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-1486848794"/>
               <w:placeholder>
                 <w:docPart w:val="6B972AAFA5244A748943B1DEBAE260EA"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="5ED6C5C1" w14:textId="6A17E8D2" w:rsidR="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="73DFE1F1" w14:textId="6AB0A32B" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="663C1272" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="663C1272" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CD1E26E" w14:textId="54C0B27D" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
+          <w:p w14:paraId="5CD1E26E" w14:textId="62171967" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Grade point average (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F225AB">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>keskiarvio</w:t>
+              <w:t>keskiarvo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="871575918"/>
             <w:placeholder>
               <w:docPart w:val="9B4BCCB4BC83407B9283F2D77348C35A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5693" w:type="dxa"/>
-                <w:gridSpan w:val="5"/>
+                <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="50F8720C" w14:textId="1803FB8D" w:rsidR="00F44A5C" w:rsidRDefault="00C54A70" w:rsidP="00F44A5C">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="3EB9CF85" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="3EB9CF85" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4746918D" w14:textId="77777777" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5693" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="794A9EC4" w14:textId="58AB00E6" w:rsidR="00F44A5C" w:rsidRDefault="00F44A5C" w:rsidP="00F44A5C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B1825">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Please calculate the grade point average for all grades marked in your High School diploma (lukion päättötodistus) or the latest High School Certificate (välitodistus).</w:t>
+              <w:t>Please calculate the grade point average for all grades marked in your High School diploma (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B1825">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>lukion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B1825">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B1825">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>päättötodistus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B1825">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) or the latest High School Certificate (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B1825">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>välitodistus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B1825">
+              <w:rPr>
+                <w:rStyle w:val="ng-directive"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00F225AB" w14:paraId="23281BD6" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00F44A5C" w:rsidRPr="00E34B5E" w14:paraId="23281BD6" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B583CFB" w14:textId="5773E5D2" w:rsidR="00F44A5C" w:rsidRPr="0070648A" w:rsidRDefault="00F44A5C" w:rsidP="000B1825">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Studies in the United States</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46255" w:rsidRPr="00F225AB" w14:paraId="66364CF0" w14:textId="77777777" w:rsidTr="00C54A70">
+      <w:tr w:rsidR="00C46255" w:rsidRPr="00E34B5E" w14:paraId="66364CF0" w14:textId="77777777" w:rsidTr="00C54A70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2606995D" w14:textId="188EB28B" w:rsidR="00C46255" w:rsidRPr="0059671E" w:rsidRDefault="00C46255" w:rsidP="00C46255">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C46255">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
@@ -4949,117 +5271,117 @@
             </w:r>
             <w:r w:rsidR="0059671E">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="0059671E" w:rsidRPr="0059671E">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A letter of admission must be attached.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46255" w:rsidRPr="00F225AB" w14:paraId="1E4549CE" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00C46255" w:rsidRPr="00E34B5E" w14:paraId="1E4549CE" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-2006736323"/>
               <w:placeholder>
                 <w:docPart w:val="D9CC179E302D4BA28AA1E9E09F1BA554"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="50A32813" w14:textId="16BB1069" w:rsidR="00C46255" w:rsidRDefault="0059671E" w:rsidP="0059671E">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:i/>
                     <w:iCs/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB61CC" w:rsidRPr="00F225AB" w14:paraId="314B4885" w14:textId="3098C33F" w:rsidTr="00B7544F">
+      <w:tr w:rsidR="00FB61CC" w:rsidRPr="00E34B5E" w14:paraId="314B4885" w14:textId="3098C33F" w:rsidTr="00B7544F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6F8706E6" w14:textId="46E04746" w:rsidR="00FB61CC" w:rsidRDefault="00FB61CC" w:rsidP="000B1825">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C46255">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5078,68 +5400,68 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="988522625"/>
                 <w:placeholder>
                   <w:docPart w:val="B8AB5B92FEA34B3487773A5D749D373F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C54A70" w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1825" w:rsidRPr="00F225AB" w14:paraId="5A925623" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="000B1825" w:rsidRPr="00E34B5E" w14:paraId="5A925623" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6664BA9C" w14:textId="77777777" w:rsidR="000B1825" w:rsidRDefault="000B1825" w:rsidP="000B1825">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53BC062B" w14:textId="77777777" w:rsidR="00C54A70" w:rsidRDefault="00C54A70" w:rsidP="000B1825">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -5197,51 +5519,51 @@
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CHECK ONLY ONE OPTION</w:t>
             </w:r>
             <w:r w:rsidRPr="00C46255">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46255" w:rsidRPr="00F225AB" w14:paraId="5DCDBB75" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00C46255" w:rsidRPr="00E34B5E" w14:paraId="5DCDBB75" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-163245860"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
@@ -5256,51 +5578,51 @@
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C46255">
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8614" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54A1C9F6" w14:textId="58A4C567" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00C46255" w:rsidP="00C54A70">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C46255">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">I am planning to complete a bachelor’s degree in the U.S. My bachelor’s studies in the U.S. will take </w:t>
@@ -5334,171 +5656,171 @@
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click to add number</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C46255">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> years.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46255" w:rsidRPr="00F225AB" w14:paraId="0B1B9051" w14:textId="77777777" w:rsidTr="00C54A70">
+      <w:tr w:rsidR="00C46255" w:rsidRPr="00E34B5E" w14:paraId="0B1B9051" w14:textId="77777777" w:rsidTr="00C54A70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34601950" w14:textId="77777777" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00C46255" w:rsidP="000B1825">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4506" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65B7D74B" w14:textId="1F5A2031" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00C46255" w:rsidP="00C46255">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name of planned degree:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4108" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58CB5227" w14:textId="473989EB" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="009F1F72" w:rsidP="00C46255">
+          <w:p w14:paraId="58CB5227" w14:textId="473989EB" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00490650" w:rsidP="00C46255">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1495137976"/>
                 <w:placeholder>
                   <w:docPart w:val="21957EC285DB4113B76D6D18AF6DDBD9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00C46255" w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C46255">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46255" w:rsidRPr="00F225AB" w14:paraId="5113F834" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00C46255" w:rsidRPr="00E34B5E" w14:paraId="5113F834" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="897317141"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
                 <w:tcBorders>
@@ -5512,51 +5834,51 @@
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C46255">
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8614" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C54ECFA" w14:textId="3F89D1F2" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00C46255" w:rsidP="00C46255">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">I am going to the U.S. as an exchange student for </w:t>
@@ -5662,76 +5984,76 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB61CC">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>academic year</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46255" w:rsidRPr="00F225AB" w14:paraId="77A0574C" w14:textId="77777777" w:rsidTr="00C54A70">
+      <w:tr w:rsidR="00C46255" w:rsidRPr="00E34B5E" w14:paraId="77A0574C" w14:textId="77777777" w:rsidTr="00C54A70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20EB77EC" w14:textId="77777777" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00C46255" w:rsidP="000B1825">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4506" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="046464DE" w14:textId="34312088" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00C46255" w:rsidP="00FB61CC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The degree I am completing in Finland is</w:t>
@@ -5740,83 +6062,83 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="644248130"/>
             <w:placeholder>
               <w:docPart w:val="61612758B88F4092ACD05CC71912A56C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4108" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
+                <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1A7E3ABE" w14:textId="0A4B37D8" w:rsidR="00C46255" w:rsidRPr="000B1825" w:rsidRDefault="00FB61CC" w:rsidP="000B1825">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FB61CC" w:rsidRPr="00F225AB" w14:paraId="40211970" w14:textId="77777777" w:rsidTr="00FB61CC">
+      <w:tr w:rsidR="00FB61CC" w:rsidRPr="00E34B5E" w14:paraId="40211970" w14:textId="77777777" w:rsidTr="00FB61CC">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-476532106"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
@@ -5831,107 +6153,107 @@
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8614" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58D6B66B" w14:textId="10C75FFC" w:rsidR="00FB61CC" w:rsidRPr="000B1825" w:rsidRDefault="00FB61CC" w:rsidP="00FB61CC">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I am going to the U.S. for one year as a free mover.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB61CC" w:rsidRPr="00F225AB" w14:paraId="5CD8DD03" w14:textId="77777777" w:rsidTr="00C54A70">
+      <w:tr w:rsidR="00FB61CC" w:rsidRPr="00E34B5E" w14:paraId="5CD8DD03" w14:textId="77777777" w:rsidTr="00C54A70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="042EA363" w14:textId="77777777" w:rsidR="00FB61CC" w:rsidRPr="000B1825" w:rsidRDefault="00FB61CC" w:rsidP="000B1825">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4506" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C3ED1FA" w14:textId="05113A1D" w:rsidR="00FB61CC" w:rsidRDefault="00FB61CC" w:rsidP="00C54A70">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The degree I am completing in Finland is</w:t>
@@ -5940,83 +6262,83 @@
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="115035886"/>
             <w:placeholder>
               <w:docPart w:val="515D02F50644468DB30C2516B95A4C69"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4108" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
+                <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="610A2275" w14:textId="278D5439" w:rsidR="00FB61CC" w:rsidRPr="000B1825" w:rsidRDefault="00FB61CC" w:rsidP="000B1825">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C54A70" w:rsidRPr="00F225AB" w14:paraId="3B8BD7A7" w14:textId="77777777" w:rsidTr="00D11FAC">
+      <w:tr w:rsidR="00C54A70" w:rsidRPr="00E34B5E" w14:paraId="3B8BD7A7" w14:textId="77777777" w:rsidTr="00D11FAC">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1598903915"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="456" w:type="dxa"/>
                 <w:tcBorders>
@@ -6030,118 +6352,118 @@
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C46255">
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8614" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3FE7D2B9" w14:textId="4C378837" w:rsidR="00C54A70" w:rsidRPr="000B1825" w:rsidRDefault="00C54A70" w:rsidP="00FB61CC">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Other, what: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1072780874"/>
                 <w:placeholder>
                   <w:docPart w:val="75250026094D44F3B11C75CA188D403E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C54A70" w:rsidRPr="00F225AB" w14:paraId="5283EBB6" w14:textId="77777777" w:rsidTr="008B09E6">
+      <w:tr w:rsidR="00C54A70" w:rsidRPr="00E34B5E" w14:paraId="5283EBB6" w14:textId="77777777" w:rsidTr="008B09E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="720204ED" w14:textId="3F9B79E7" w:rsidR="00C54A70" w:rsidRDefault="009E7077" w:rsidP="00FB61CC">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">When are your studies expected to begin in the U.S.? </w:t>
@@ -6152,110 +6474,110 @@
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1760640186"/>
                 <w:placeholder>
                   <w:docPart w:val="8A914E9AEA9444EDBB54FE714405343B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="2025-03-27T00:00:00Z">
                   <w:dateFormat w:val="d MMMM YYYY"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BC4F0A">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004140D4" w14:paraId="6F4445D8" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D89EC8A" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004140D4">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="5C4ECC67" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="5C4ECC67" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="293855E6" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -6281,55 +6603,55 @@
           <w:p w14:paraId="714417B7" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>What are the costs of studying in the United States at your chosen institution for one semester/academic year?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="25496A93" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="25496A93" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56046E3F" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6340,91 +6662,91 @@
               <w:t xml:space="preserve">Tuition $ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="-1976213302"/>
             <w:placeholder>
               <w:docPart w:val="A971F277434B4DE790FC1ECC08380D74"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="03065722" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="4208002D" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="4208002D" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C8A5E3A" w14:textId="44CFFC91" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6435,91 +6757,91 @@
               <w:t>Required fees $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="904028682"/>
             <w:placeholder>
               <w:docPart w:val="841C6799918244DAB92C16C8DB7C0BC8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="334D92DD" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="4C9E20F4" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="4C9E20F4" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47FB9AA9" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6530,86 +6852,86 @@
               <w:t>Housing $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="1472023803"/>
             <w:placeholder>
               <w:docPart w:val="7220EE356BC84E51976B577E114DFB77"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="1A6916D8" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="3AD9B95B" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="3AD9B95B" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69630B3A" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6620,86 +6942,86 @@
               <w:t>Food $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="-1080748984"/>
             <w:placeholder>
               <w:docPart w:val="46586380508F49F2BEFCB0D01BB84731"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="17B2A111" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="585799F0" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="585799F0" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DA8AA08" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6711,86 +7033,86 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1160582623"/>
             <w:placeholder>
               <w:docPart w:val="643AFB00F2484F569E5F49E9EC2AEE15"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="5A8FC3CE" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="43901DC2" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="43901DC2" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="33B97FCE" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6801,86 +7123,86 @@
               <w:t>Travel $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="742147604"/>
             <w:placeholder>
               <w:docPart w:val="34FCE5C887B741C792E604521D38E9DE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="6E68BFB9" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="3E5EDF31" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="3E5EDF31" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD27791" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6891,86 +7213,86 @@
               <w:t>Other $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:u w:val="single"/>
             </w:rPr>
             <w:id w:val="61381255"/>
             <w:placeholder>
               <w:docPart w:val="218B40E856B7419B8BFC6915C452CEC0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:u w:val="none"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="4741B238" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C54A70">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="3A63E430" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="3A63E430" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58A53444" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F0A">
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7000,132 +7322,132 @@
               </w:rPr>
               <w:t>academic year $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:color w:val="666666"/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1320383889"/>
             <w:placeholder>
               <w:docPart w:val="73AE22EA0FE84B46803EEE9EF3ED9C48"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5951" w:type="dxa"/>
-                <w:gridSpan w:val="6"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="54D2E9E5" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC4F0A">
                   <w:rPr>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="666666"/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="426ED24D" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="426ED24D" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CBE0FBF" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BC4F0A" w:rsidRDefault="004140D4" w:rsidP="004140D4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2C58">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>List all the funding you have secured</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="396DBA3F" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="396DBA3F" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3086AB7D" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="004140D4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2C58">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -7154,51 +7476,51 @@
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000F2C58">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> either USD or EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="60AD8477" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="418EC293" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="004140D4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2C58">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7266,586 +7588,586 @@
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>USD/EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="2369D060" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-994796050"/>
             <w:placeholder>
               <w:docPart w:val="4E098A36709D47DFB695254E68D183AA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7BBFBCC4" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1154909939"/>
             <w:placeholder>
               <w:docPart w:val="7A7C537C7DA04E8E91A17E4EBB981FE9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="05B9AEDB" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1048443234"/>
             <w:placeholder>
               <w:docPart w:val="C9CF1CCCEC9B467BABB07CA11AF7B8E4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3F75C094" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="69620F69" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1133217632"/>
             <w:placeholder>
               <w:docPart w:val="81D8BE2FE097483E952670BB18843149"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2D6BA7DA" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1267999640"/>
             <w:placeholder>
               <w:docPart w:val="D18A569FBBB742F7824A87E0C651401F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="161319C9" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1417290902"/>
             <w:placeholder>
               <w:docPart w:val="7A9102D6625C4E4FA68D141ED4EE5BB0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="75D0E159" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="000A3B9F" w:rsidRPr="000F2C58" w14:paraId="588146A5" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1980570229"/>
             <w:placeholder>
               <w:docPart w:val="22611EBC14234ECFB51CCA8ABAEE8F3E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="63BA25D9" w14:textId="1AABE142" w:rsidR="000A3B9F" w:rsidRDefault="000A3B9F" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1313217042"/>
             <w:placeholder>
               <w:docPart w:val="202C9C78D24743349F8A5B9695075338"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="774AE1BA" w14:textId="420B7F98" w:rsidR="000A3B9F" w:rsidRDefault="000A3B9F" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-842478137"/>
             <w:placeholder>
               <w:docPart w:val="5CCC13FF460449F8942C8AE995BC495B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0EC28BFE" w14:textId="5C12B336" w:rsidR="000A3B9F" w:rsidRDefault="000A3B9F" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="4059DAFE" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="2072004350"/>
             <w:placeholder>
               <w:docPart w:val="93AB591387B7437AADF346D2C8EF0AEF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="71F6278D" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1849133534"/>
             <w:placeholder>
               <w:docPart w:val="FD8783399C9A44B3A374BC2A8A81F42C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0B584875" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1282376833"/>
             <w:placeholder>
               <w:docPart w:val="4F370E26F4C945B4B57855015AACFF4B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="54E06A46" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="2BACCC85" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52331AC3" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004140D4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0064">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7868,153 +8190,269 @@
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0D96988A" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="004140D4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-607274245"/>
             <w:placeholder>
               <w:docPart w:val="21E2DC3F5395471DBC119E37DAFF6972"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6566969C" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="004140D4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="60D79389" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="60D79389" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2EC8BC" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TaulukkoRuudukko"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="8854"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00276479" w:rsidRPr="00E34B5E" w14:paraId="1775898B" w14:textId="77777777" w:rsidTr="00276479">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8854" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E38FEFD" w14:textId="5B4DBA17" w:rsidR="00276479" w:rsidRPr="0013221D" w:rsidRDefault="00276479" w:rsidP="00276479">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:keepLines/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Please describe your secured funding in more detail:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4B9B14B0" w14:textId="77777777" w:rsidR="00276479" w:rsidRPr="00BE0064" w:rsidRDefault="00276479" w:rsidP="00276479">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:keepLines/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00276479" w:rsidRPr="00E34B5E" w14:paraId="5A9829F4" w14:textId="77777777" w:rsidTr="00276479">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:id w:val="1552801705"/>
+                  <w:placeholder>
+                    <w:docPart w:val="2F1B8030DC18489398E41175FC7429D4"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtEndPr/>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="8854" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="132A58AA" w14:textId="027B850D" w:rsidR="00276479" w:rsidRPr="005960E7" w:rsidRDefault="00E34B5E" w:rsidP="00276479">
+                      <w:pPr>
+                        <w:keepNext/>
+                        <w:keepLines/>
+                        <w:spacing w:before="120"/>
+                        <w:rPr>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005960E7">
+                        <w:rPr>
+                          <w:rStyle w:val="Paikkamerkkiteksti"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Click or tap here to enter text.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="1F2EC8BC" w14:textId="22A68368" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>If you are going to complete a full bachelor’s degree in the U.S., please attach a funding plan for the remaining years as well.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="4A34462B" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="4A34462B" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4943D44C" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="722EF796" w14:textId="77777777" w:rsidR="00276479" w:rsidRDefault="00276479" w:rsidP="004B5651">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4943D44C" w14:textId="06652AFE" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2C58">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">List all funding </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
@@ -8061,51 +8499,51 @@
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000F2C58">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> either USD or EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="00BE0064" w14:paraId="0CC802D6" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5274C24D" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0064">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -8160,59 +8598,59 @@
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0064">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>USD/EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="5CF88303" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70217793" w14:textId="3D63A8E3" w:rsidR="004140D4" w:rsidRDefault="009F1F72" w:rsidP="00BD567A">
+          <w:p w14:paraId="70217793" w14:textId="3D63A8E3" w:rsidR="004140D4" w:rsidRDefault="00490650" w:rsidP="00BD567A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="766975277"/>
                 <w:placeholder>
                   <w:docPart w:val="AE8DC59BAEAB4F308C719DA4735D9581"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BD567A">
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>K</w:t>
                 </w:r>
@@ -8238,966 +8676,1324 @@
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4EF52635" w14:textId="74E633F1" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="00BD567A" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="883374681"/>
             <w:placeholder>
               <w:docPart w:val="6064689901A64A9CACBDF14EFFD8B429"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2DC796FF" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="0EB2FED9" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="697427718"/>
             <w:placeholder>
               <w:docPart w:val="8466F9FCE8654482A4066B78769681A1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="44C6E3C7" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1905067163"/>
             <w:placeholder>
               <w:docPart w:val="535E3AADEF6645128B43BB7A5EA29CDB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1D1D3365" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="143408458"/>
             <w:placeholder>
               <w:docPart w:val="908C9A83225A428D9D1B6B30C32A6CA1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="044964F7" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="5D77F815" w14:textId="77777777" w:rsidTr="00BD567A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1748798878"/>
             <w:placeholder>
               <w:docPart w:val="F5375C83D8234E1DB5B60CD28365CB4A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="03E77745" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1620295161"/>
             <w:placeholder>
               <w:docPart w:val="85CD9F9406A84CD3A588012E58F5F578"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="61D73A87" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1357320392"/>
             <w:placeholder>
               <w:docPart w:val="4D541B182C0F472EA9C8DAC205214925"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="18ED2A2E" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="5AA66C1D" w14:textId="77777777" w:rsidTr="00BD567A">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="000F2C58" w14:paraId="5AA66C1D" w14:textId="77777777" w:rsidTr="00E34B5E">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1182006362"/>
             <w:placeholder>
               <w:docPart w:val="96C4ED53D9B24A628512308C1FF856B5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6521" w:type="dxa"/>
-                <w:gridSpan w:val="8"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="5E752182" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1153026392"/>
             <w:placeholder>
               <w:docPart w:val="31C71F5CC40B4BD1B6A68C6C1B7D6AA0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4E9356EF" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1246461724"/>
             <w:placeholder>
               <w:docPart w:val="DD225ED37EE946A196A5F5C78A2AA2A4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="057AFF72" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="000F2C58" w:rsidRDefault="004140D4" w:rsidP="00BD567A">
                 <w:pPr>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00BE0064" w14:paraId="79FDA5F1" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00BE0064" w14:paraId="79FDA5F1" w14:textId="77777777" w:rsidTr="00E34B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8E7B1D" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0064">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1500226732"/>
             <w:placeholder>
               <w:docPart w:val="9F956CD9E84C405D816876325E23043E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-                  <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1E15D490" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1824889686"/>
             <w:placeholder>
               <w:docPart w:val="CB63B5AC8A084025924E9E76BBE49B81"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1132" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-                  <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="468867A9" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F2C58">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00BE0064" w14:paraId="315E1A1A" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00E34B5E" w:rsidRPr="00E34B5E" w14:paraId="2280A67C" w14:textId="77777777" w:rsidTr="00E34B5E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E0F73E" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRDefault="00E34B5E" w:rsidP="004B5651">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6879C223" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRDefault="00E34B5E" w:rsidP="004B5651">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2219B6E5" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRDefault="00E34B5E" w:rsidP="004B5651">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TaulukkoRuudukko"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="8854"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00E34B5E" w:rsidRPr="00BE0064" w14:paraId="2DC9FAB7" w14:textId="77777777" w:rsidTr="00C17734">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8854" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4F8A4489" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRPr="0013221D" w:rsidRDefault="00E34B5E" w:rsidP="00E34B5E">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:keepLines/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Please describe more in detail what funding you have applied for but not secured? When are you expecting to hear from those:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="06741157" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRPr="00BE0064" w:rsidRDefault="00E34B5E" w:rsidP="00E34B5E">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:keepLines/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E34B5E" w:rsidRPr="005960E7" w14:paraId="0AE9AC18" w14:textId="77777777" w:rsidTr="00C17734">
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:id w:val="754631665"/>
+                  <w:placeholder>
+                    <w:docPart w:val="3A471D9638EE4933864B0C3A12F03D8C"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="8854" w:type="dxa"/>
+                      <w:tcBorders>
+                        <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                        <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                      </w:tcBorders>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="38A41C97" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRPr="005960E7" w:rsidRDefault="00E34B5E" w:rsidP="00E34B5E">
+                      <w:pPr>
+                        <w:keepNext/>
+                        <w:keepLines/>
+                        <w:spacing w:before="120"/>
+                        <w:rPr>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005960E7">
+                        <w:rPr>
+                          <w:rStyle w:val="Paikkamerkkiteksti"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Click or tap here to enter text.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="5B0679EF" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRDefault="00E34B5E" w:rsidP="004B5651">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0013221D" w:rsidRPr="0013221D" w14:paraId="315E1A1A" w14:textId="77777777" w:rsidTr="00C85B17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12D40FCE" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="3E3277B2" w14:textId="77777777" w:rsidR="00E34B5E" w:rsidRDefault="00E34B5E" w:rsidP="0013221D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Additional information</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p w14:paraId="6C6F120C" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="6AAA7BAA" w14:textId="73D9209F" w:rsidR="0013221D" w:rsidRPr="0013221D" w:rsidRDefault="0013221D" w:rsidP="0013221D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If you </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013221D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">indicate that a loan (other than a government student loan) is part of your </w:t>
+            </w:r>
+            <w:r w:rsidR="00322F5A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>funding plan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013221D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, have you confirmed your eligibility for this loan with your bank? We ask this because a realistic and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0013221D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>secured</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0013221D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> f</w:t>
+            </w:r>
+            <w:r w:rsidR="00322F5A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>unding</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013221D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plan is essential for obtaining a visa.</w:t>
+            </w:r>
+            <w:r w:rsidR="00276479">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Please explain further:</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p w14:paraId="7C1449BF" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="00BE0064" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="7C1449BF" w14:textId="77777777" w:rsidR="0013221D" w:rsidRPr="00BE0064" w:rsidRDefault="0013221D" w:rsidP="004B5651">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="0AECB99D" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="004140D4" w:rsidRPr="00E34B5E" w14:paraId="0AECB99D" w14:textId="77777777" w:rsidTr="004B5651">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1292861453"/>
             <w:placeholder>
               <w:docPart w:val="359B8FD8AFE94901B44BD7B3225B99BE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9070" w:type="dxa"/>
-                <w:gridSpan w:val="10"/>
+                <w:gridSpan w:val="8"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="021C18B6" w14:textId="3DC8DA62" w:rsidR="004140D4" w:rsidRPr="005960E7" w:rsidRDefault="000A3B9F" w:rsidP="006709A2">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005960E7">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="389F8E83" w14:textId="77777777" w:rsidTr="004B5651">
+    </w:tbl>
+    <w:p w14:paraId="663FA1BF" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1132"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00690AEF" w:rsidRPr="00BE0064" w14:paraId="59EFB13E" w14:textId="77777777" w:rsidTr="00690AEF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BE77B1" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRPr="00BE0064" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Additional information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A02AD92" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRPr="00BE0064" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C9A5F0" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRPr="00BE0064" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690AEF" w:rsidRPr="00E34B5E" w14:paraId="5DEF67DC" w14:textId="77777777" w:rsidTr="004860C4">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-2081827432"/>
+            <w:placeholder>
+              <w:docPart w:val="241CCC442B2F49899CC13BAA5BD06913"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="9070" w:type="dxa"/>
+                <w:gridSpan w:val="5"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5B6F752F" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRPr="005960E7" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
+                <w:pPr>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:spacing w:before="120"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005960E7">
+                  <w:rPr>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
+                    <w:i/>
+                    <w:iCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00690AEF" w:rsidRPr="00E34B5E" w14:paraId="23C614C2" w14:textId="77777777" w:rsidTr="004860C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3699780E" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="44705051" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dependents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005960E7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>If any dependents will accompany you to the U.S., what additional costs are involved?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="7BE69384" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00690AEF" w:rsidRPr="00E34B5E" w14:paraId="715D8854" w14:textId="77777777" w:rsidTr="004860C4">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="-91786238"/>
+            <w:id w:val="-1778556113"/>
             <w:placeholder>
-              <w:docPart w:val="0DEE047F41484716B332D779A8648194"/>
+              <w:docPart w:val="B99869A7DC2D468FBD2D47AFE9716541"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9070" w:type="dxa"/>
-                <w:gridSpan w:val="10"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5C2B158C" w14:textId="77777777" w:rsidR="004140D4" w:rsidRPr="005960E7" w:rsidRDefault="004140D4" w:rsidP="006709A2">
+              <w:p w14:paraId="01172E72" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRPr="005960E7" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005960E7">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004140D4" w:rsidRPr="00F225AB" w14:paraId="0FF36D5B" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00690AEF" w:rsidRPr="00E34B5E" w14:paraId="3B4F0B99" w14:textId="77777777" w:rsidTr="004860C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03A4A6D3" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="2C43F235" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="451879DF" w14:textId="3CAAE875" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="45AFABA7" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="1176240591"/>
+            <w:id w:val="1765572530"/>
             <w:showingPlcHdr/>
             <w:picture/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="ng-directive"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3969" w:type="dxa"/>
-                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w14:paraId="57083DBF" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+              <w:p w14:paraId="7F58FBAF" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="ng-directive"/>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:noProof/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08B6F77B" wp14:editId="26E701CB">
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6445B7E7" wp14:editId="61ACF454">
                       <wp:extent cx="2324100" cy="352425"/>
                       <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-                      <wp:docPr id="4" name="Picture 3" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                      <wp:docPr id="2128922111" name="Picture 3" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="4" name="Picture 3" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId8">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
@@ -9214,144 +10010,166 @@
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3967" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7235AB24" w14:textId="77777777" w:rsidR="004140D4" w:rsidRDefault="004140D4" w:rsidP="004B5651">
+          <w:p w14:paraId="13BC567F" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF" w:rsidP="004860C4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ng-directive"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:id w:val="-1521619131"/>
+                <w:id w:val="711382023"/>
                 <w:placeholder>
-                  <w:docPart w:val="71D2129DB1E34B2F879676688904BE8A"/>
+                  <w:docPart w:val="F28555D525234B839C2D56E74322653F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date w:fullDate="2025-05-09T00:00:00Z">
                   <w:dateFormat w:val="d MMMM YYYY"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="ng-directive"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BC4F0A">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:u w:val="single"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16C51784" w14:textId="58D2A5CB" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3">
+    <w:p w14:paraId="627CAEAB" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF" w:rsidP="00690AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ED6F9D9" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F7C7BD0" w14:textId="77777777" w:rsidR="00690AEF" w:rsidRDefault="00690AEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00F225AB" w14:paraId="1E0D4AC2" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E34B5E" w14:paraId="1E0D4AC2" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C52E3CC" w14:textId="77777777" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3" w:rsidP="004B5651">
+          <w:p w14:paraId="7C52E3CC" w14:textId="42729EA3" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3" w:rsidP="004B5651">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E108B1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>STUDY OBJECTIVES</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12FA0E8F" w14:textId="77777777" w:rsidR="00B33FD3" w:rsidRPr="005960E7" w:rsidRDefault="00B33FD3" w:rsidP="004B5651">
@@ -9367,128 +10185,128 @@
             <w:r w:rsidRPr="00B33FD3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>This one-page statement (500 words maximum) is an essential part of your application. Write a clear and detailed description of your study objectives and give your reasons for wanting to pursue them in the U.S. Be specific about your major field and your specialized interests within this field. Explain how your study plan fits in with your future academic and/or career objectives.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B33FD3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00F225AB" w14:paraId="4E6A423F" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E34B5E" w14:paraId="4E6A423F" w14:textId="77777777" w:rsidTr="004B5651">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1356157012"/>
             <w:placeholder>
               <w:docPart w:val="26E5347C0C3543F1A7DB0D8CF562A32F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9070" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="7EF9C0E6" w14:textId="5A5AB6AD" w:rsidR="00B33FD3" w:rsidRDefault="000B767D" w:rsidP="006709A2">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005960E7">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33135D1F" w14:textId="025CAFFF" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3" w:rsidP="00B33FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00F225AB" w14:paraId="7B8772E5" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E34B5E" w14:paraId="7B8772E5" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67B8A77B" w14:textId="7BA89D99" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3" w:rsidP="004B5651">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9563,128 +10381,128 @@
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>future plans</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B33FD3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. lt should not be a mere listing of facts. lt should include information about your education, practical experience, special interests, career plans, and your purpose in applying for study in the U.S. Describe any significant factors that have influenced your educational or personal development. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00F225AB" w14:paraId="089348F2" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E34B5E" w14:paraId="089348F2" w14:textId="77777777" w:rsidTr="004B5651">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="92207973"/>
             <w:placeholder>
               <w:docPart w:val="969527D1F4DE43C29CDC0F855A27F37C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9070" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="164FA5AB" w14:textId="39E7228A" w:rsidR="00B33FD3" w:rsidRDefault="000B767D" w:rsidP="006709A2">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005960E7">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F0E9347" w14:textId="4BAA9B89" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00F225AB" w14:paraId="0BBC8BCA" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E34B5E" w14:paraId="0BBC8BCA" w14:textId="77777777" w:rsidTr="004B5651">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A95B872" w14:textId="77777777" w:rsidR="00B33FD3" w:rsidRDefault="00B33FD3" w:rsidP="00B33FD3">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B33FD3">
@@ -9712,137 +10530,137 @@
             <w:r w:rsidRPr="00B33FD3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>This Fulbright Finland Ambassador statement should be 500 words maximum. Grantees are "ambassadors" for Finland and for the Fulbright Finland Foundation programs in the U.S. Please write a statement about what kind of "ambassador" you would be for Finland, the Fulbright Finland Foundation programs, and your possible home institution (exchange students). Please provide specific examples of what you would do as an "ambassador"? Why do you wish to be part of the Fulbright Finland community? Please list how you would share information about Finnish-U.S. Fulbright Finland opportunities and FFF programs at your home and host institutions</w:t>
             </w:r>
             <w:r w:rsidR="000B767D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00F225AB" w14:paraId="78AF6B30" w14:textId="77777777" w:rsidTr="004B5651">
+      <w:tr w:rsidR="00B33FD3" w:rsidRPr="00E34B5E" w14:paraId="78AF6B30" w14:textId="77777777" w:rsidTr="004B5651">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-2096395902"/>
             <w:placeholder>
               <w:docPart w:val="D85F6F7A47C64DA1A73FC34355360BE5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9070" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5B4B7409" w14:textId="1C134554" w:rsidR="00B33FD3" w:rsidRDefault="000B767D" w:rsidP="006709A2">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005960E7">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Paikkamerkkiteksti"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A5A7C4B" w14:textId="77777777" w:rsidR="00BC4F0A" w:rsidRPr="000F2C58" w:rsidRDefault="00BC4F0A" w:rsidP="00454CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BC4F0A" w:rsidRPr="000F2C58" w:rsidSect="00FE67B2">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="554258F5" w14:textId="77777777" w:rsidR="007B5EF7" w:rsidRDefault="007B5EF7" w:rsidP="00D60365">
+    <w:p w14:paraId="7D875BDA" w14:textId="77777777" w:rsidR="00490650" w:rsidRDefault="00490650" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C4450A3" w14:textId="77777777" w:rsidR="007B5EF7" w:rsidRDefault="007B5EF7" w:rsidP="00D60365">
+    <w:p w14:paraId="23CA1565" w14:textId="77777777" w:rsidR="00490650" w:rsidRDefault="00490650" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9855,194 +10673,194 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D75B622" w14:textId="77777777" w:rsidR="0035600A" w:rsidRDefault="0035600A">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5FF9064E" w14:textId="75C1232F" w:rsidR="004E3B9A" w:rsidRDefault="00FE67B2" w:rsidP="00FE67B2">
+  <w:p w14:paraId="5FF9064E" w14:textId="18A5C45A" w:rsidR="004E3B9A" w:rsidRDefault="00FE67B2" w:rsidP="00FE67B2">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Alatunniste"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00E108B1">
       <w:t>/</w:t>
     </w:r>
     <w:fldSimple w:instr=" SECTIONPAGES   \* MERGEFORMAT ">
-      <w:r w:rsidR="009F1F72">
+      <w:r w:rsidR="000E2275">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0673D4A3" w14:textId="69058063" w:rsidR="0035600A" w:rsidRDefault="0035600A" w:rsidP="00FE67B2">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Alatunniste"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="440242E3" w14:textId="77777777" w:rsidR="00FE67B2" w:rsidRDefault="00FE67B2" w:rsidP="00FE67B2">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Alatunniste"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES  \# "0"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72D87C56" w14:textId="77777777" w:rsidR="007B5EF7" w:rsidRDefault="007B5EF7" w:rsidP="00D60365">
+    <w:p w14:paraId="50A2F05E" w14:textId="77777777" w:rsidR="00490650" w:rsidRDefault="00490650" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AFF854D" w14:textId="77777777" w:rsidR="007B5EF7" w:rsidRDefault="007B5EF7" w:rsidP="00D60365">
+    <w:p w14:paraId="1F09D948" w14:textId="77777777" w:rsidR="00490650" w:rsidRDefault="00490650" w:rsidP="00D60365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="402FFEC9" w14:textId="77777777" w:rsidR="0035600A" w:rsidRDefault="0035600A">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C7B3741" w14:textId="77777777" w:rsidR="00D60365" w:rsidRDefault="00AB4162">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658238" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A07138B" wp14:editId="345DC7DA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>3038475</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-129540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1483200" cy="784800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="8881" y="1049"/>
               <wp:lineTo x="5273" y="3673"/>
               <wp:lineTo x="5550" y="10494"/>
               <wp:lineTo x="833" y="12068"/>
               <wp:lineTo x="555" y="15216"/>
               <wp:lineTo x="4995" y="18889"/>
               <wp:lineTo x="4995" y="19938"/>
@@ -10084,61 +10902,61 @@
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1483200" cy="784800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7E03AAE0" w14:textId="77777777" w:rsidR="00D60365" w:rsidRDefault="00D60365">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D4EF978" w14:textId="78389946" w:rsidR="0035600A" w:rsidRDefault="00FE67B2" w:rsidP="00FE67B2">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Yltunniste"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E5D07C5" wp14:editId="476EBC32">
           <wp:extent cx="1482725" cy="784225"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2057669375" name="Graphic 2057669375"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -10154,51 +10972,51 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1482725" cy="784225"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6115DAEE" w14:textId="075911C1" w:rsidR="00B33FD3" w:rsidRPr="00B33FD3" w:rsidRDefault="00B33FD3" w:rsidP="00B33FD3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Yltunniste"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F0AC518" wp14:editId="5B381B75">
           <wp:extent cx="1482725" cy="784225"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="295285158" name="Graphic 295285158"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -10214,51 +11032,51 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1482725" cy="784225"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39799F05" w14:textId="77777777" w:rsidR="00FE67B2" w:rsidRDefault="00FE67B2" w:rsidP="00FE67B2">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Yltunniste"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09D6686C" wp14:editId="0170B667">
           <wp:extent cx="1482725" cy="784225"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="453889411" name="Graphic 453889411"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -10370,185 +11188,198 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="712972297">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D60365"/>
     <w:rsid w:val="00055757"/>
     <w:rsid w:val="000766CC"/>
     <w:rsid w:val="000A3B9F"/>
     <w:rsid w:val="000B1825"/>
     <w:rsid w:val="000B4E52"/>
     <w:rsid w:val="000B767D"/>
+    <w:rsid w:val="000E2275"/>
     <w:rsid w:val="000F2C58"/>
     <w:rsid w:val="000F53B4"/>
+    <w:rsid w:val="0013221D"/>
     <w:rsid w:val="00133BA3"/>
     <w:rsid w:val="0014472D"/>
     <w:rsid w:val="001A1C2E"/>
     <w:rsid w:val="001B45F0"/>
+    <w:rsid w:val="001D343B"/>
     <w:rsid w:val="00250584"/>
     <w:rsid w:val="002542FA"/>
     <w:rsid w:val="0025683D"/>
+    <w:rsid w:val="00276479"/>
     <w:rsid w:val="002851C4"/>
     <w:rsid w:val="002F5D42"/>
     <w:rsid w:val="00315DF7"/>
+    <w:rsid w:val="00322F5A"/>
     <w:rsid w:val="0035600A"/>
     <w:rsid w:val="003D68CC"/>
     <w:rsid w:val="003E04AA"/>
     <w:rsid w:val="003F5892"/>
     <w:rsid w:val="004140D4"/>
     <w:rsid w:val="00454CCC"/>
     <w:rsid w:val="00455F19"/>
+    <w:rsid w:val="00490650"/>
     <w:rsid w:val="004C01B2"/>
     <w:rsid w:val="004E3B9A"/>
     <w:rsid w:val="005300FE"/>
     <w:rsid w:val="00582E70"/>
     <w:rsid w:val="005960E7"/>
     <w:rsid w:val="0059671E"/>
     <w:rsid w:val="005B1A94"/>
     <w:rsid w:val="005D1BCB"/>
+    <w:rsid w:val="005D3DD4"/>
+    <w:rsid w:val="005F0F05"/>
     <w:rsid w:val="006431F6"/>
     <w:rsid w:val="006709A2"/>
+    <w:rsid w:val="00690AEF"/>
     <w:rsid w:val="006B4EA8"/>
     <w:rsid w:val="006B7747"/>
     <w:rsid w:val="006F4858"/>
     <w:rsid w:val="0070648A"/>
     <w:rsid w:val="00713F11"/>
     <w:rsid w:val="007416ED"/>
     <w:rsid w:val="007B5EF7"/>
     <w:rsid w:val="00825CB1"/>
     <w:rsid w:val="00857D06"/>
     <w:rsid w:val="00906913"/>
     <w:rsid w:val="009212BA"/>
     <w:rsid w:val="00944E6B"/>
     <w:rsid w:val="009D6AB1"/>
     <w:rsid w:val="009E7077"/>
     <w:rsid w:val="009F1F72"/>
     <w:rsid w:val="009F5248"/>
     <w:rsid w:val="00A17860"/>
+    <w:rsid w:val="00A26B51"/>
+    <w:rsid w:val="00AA2A45"/>
     <w:rsid w:val="00AB4162"/>
     <w:rsid w:val="00AF5DFD"/>
     <w:rsid w:val="00B33FD3"/>
     <w:rsid w:val="00B629EA"/>
     <w:rsid w:val="00B8388B"/>
     <w:rsid w:val="00B84D4B"/>
     <w:rsid w:val="00BC4F0A"/>
+    <w:rsid w:val="00BC6AD9"/>
     <w:rsid w:val="00BD567A"/>
     <w:rsid w:val="00BE0064"/>
     <w:rsid w:val="00BE67A4"/>
     <w:rsid w:val="00BE704A"/>
     <w:rsid w:val="00C35555"/>
     <w:rsid w:val="00C37D2B"/>
     <w:rsid w:val="00C46255"/>
     <w:rsid w:val="00C54A70"/>
     <w:rsid w:val="00C95FB8"/>
     <w:rsid w:val="00CD214A"/>
     <w:rsid w:val="00D500BA"/>
     <w:rsid w:val="00D60365"/>
     <w:rsid w:val="00DC5747"/>
     <w:rsid w:val="00DE73BE"/>
     <w:rsid w:val="00E108B1"/>
     <w:rsid w:val="00E332F0"/>
+    <w:rsid w:val="00E34B5E"/>
     <w:rsid w:val="00E81A85"/>
     <w:rsid w:val="00ED696D"/>
     <w:rsid w:val="00EE394E"/>
     <w:rsid w:val="00F225AB"/>
     <w:rsid w:val="00F44A5C"/>
     <w:rsid w:val="00F934B5"/>
     <w:rsid w:val="00FB61CC"/>
     <w:rsid w:val="00FE67B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="053D9B3E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A3148DF5-EC8B-4225-A10D-D7955712459C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fi-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -10906,188 +11737,188 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normaali">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B33FD3"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Kappaleenoletusfontti">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaalitaulukko">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Eiluetteloa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Yltunniste">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Normaali"/>
+    <w:link w:val="YltunnisteChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D60365"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="YltunnisteChar">
+    <w:name w:val="Ylätunniste Char"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
+    <w:link w:val="Yltunniste"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D60365"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Alatunniste">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Normaali"/>
+    <w:link w:val="AlatunnisteChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D60365"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlatunnisteChar">
+    <w:name w:val="Alatunniste Char"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
+    <w:link w:val="Alatunniste"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D60365"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normaali"/>
     <w:rsid w:val="00AF5DFD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fi-FI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ng-directive">
     <w:name w:val="ng-directive"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:rsid w:val="00AF5DFD"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="TaulukkoRuudukko">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaalitaulukko"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="009D6AB1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Paikkamerkkiteksti">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0035600A"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Luettelokappale">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normaali"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00857D06"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="LineNumber">
+  <w:style w:type="character" w:styleId="Rivinumero">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE67B2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="173345964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
@@ -11123,757 +11954,747 @@
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F084CA7925EE43EE85F7C6B828CDD47D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{931E7F72-0620-4908-8655-34EB1FC190BC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="F084CA7925EE43EE85F7C6B828CDD47D5"/>
           </w:pPr>
           <w:r w:rsidRPr="00E108B1">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
             </w:rPr>
             <w:t>Napsauta tai napauta tästä kirjoittaaksesi tekstin</w:t>
           </w:r>
           <w:r w:rsidRPr="00E108B1">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F6FC8AA3317F47BF8CEA88CB64D8A68E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4A0AA3F5-2C87-4A82-96A3-127E01479CA8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="F6FC8AA3317F47BF8CEA88CB64D8A68E5"/>
           </w:pPr>
           <w:r w:rsidRPr="00E108B1">
             <w:rPr>
               <w:i/>
               <w:iCs/>
               <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Napsauta tai napauta valitaksesi päivämäärän</w:t>
           </w:r>
           <w:r w:rsidRPr="00E108B1">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="017D7C5F637147CBBC05C81F92F4B482"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{141289DE-3D80-4B45-BCA4-CE3F3C5F7D29}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="017D7C5F637147CBBC05C81F92F4B48221"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00352B06">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DD66BC244CA441DF93966B6B27B8BFCA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C0FBC91E-0124-4584-B809-B375EEF1D799}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="DD66BC244CA441DF93966B6B27B8BFCA21"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2C5F5F0990F84E3AAFEDD202AE8BD82D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8741E2CB-DF4B-4B85-9B7D-69F1A11F6929}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="2C5F5F0990F84E3AAFEDD202AE8BD82D21"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5CC63C3C9143407F964D775659EF523F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{52B230CB-8F79-4F8F-A910-6B33B3DFB656}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="5CC63C3C9143407F964D775659EF523F21"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00F44A5C">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3DBC19182D2B464C8EBB215997203EE4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B616E14E-689B-407E-A0CE-4E1D405F6B1C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="3DBC19182D2B464C8EBB215997203EE421"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...9 lines deleted...]
-            <w:t>text</w:t>
+            <w:t>Click or tap here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00F44A5C">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A8F9F842C79544609610EBED40CF81DC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB4F588E-32CA-442A-98FD-C1D97853D182}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="A8F9F842C79544609610EBED40CF81DC21"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="009ADD00AF9945B4BFB23C35922E3BF8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F82A8344-0E40-47CC-B1BB-0788AE0557CA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="009ADD00AF9945B4BFB23C35922E3BF820"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="39A31D1CABA94514A798CE57B69A1836"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{73F824CD-5210-4A1B-87B0-6063DE144C15}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="39A31D1CABA94514A798CE57B69A183620"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B0C394DCE8CA47B79363E1B1075FD34D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DB4C309-888A-426C-BD71-A90A59A3A511}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="B0C394DCE8CA47B79363E1B1075FD34D20"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9A534A6D61F04955A9CA1C537A16EF1A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8C563650-5450-4F15-89B3-2F28050F5007}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="9A534A6D61F04955A9CA1C537A16EF1A20"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E8D15E5260084D318949FE1E758065D4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3633A453-6057-43A5-ABAA-71A1CEF59638}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="E8D15E5260084D318949FE1E758065D420"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00F44A5C">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BCEE983B1C15437ABB2D8B9DE4729823"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2BE9CB0C-00A3-4D4E-AEFF-8BFCA8EBE1A4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="BCEE983B1C15437ABB2D8B9DE472982320"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E73C5301E73C4119AD960F53BBAF7FC6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7F7C8CF4-5DAC-406B-8FCC-77DC377E4F29}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="E73C5301E73C4119AD960F53BBAF7FC620"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B8AC5F5583384FDCA83792401EFE35BF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9BBB0276-85F0-4AF4-B2B8-FB96097485FC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="B8AC5F5583384FDCA83792401EFE35BF20"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="08610E242C754A9AA0A9ECE926FE4D29"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB996628-FD90-4113-B651-3CF654DE37E6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="08610E242C754A9AA0A9ECE926FE4D2920"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="089930E26A11479A8FA1B470E487ACC8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8D4FAB0-66E6-4511-A8DB-7BC5C9E50514}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="089930E26A11479A8FA1B470E487ACC820"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="54FB1F2413D04E6BA3BFB6948C4A90A4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B832AF56-3197-451C-A24F-F693B2BB9949}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="54FB1F2413D04E6BA3BFB6948C4A90A420"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6B972AAFA5244A748943B1DEBAE260EA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6B362395-D47A-4024-907C-44DA0C7E8FA0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="6B972AAFA5244A748943B1DEBAE260EA20"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9B4BCCB4BC83407B9283F2D77348C35A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B2AE5E7D-F504-4687-BCCA-4B9A82C2D4A4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="9B4BCCB4BC83407B9283F2D77348C35A20"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DDB94BA879244924A89CCCD9D78BBFD1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{81806832-4888-4A7B-A077-7FA5A07F0433}"/>
       </w:docPartPr>
@@ -11898,1726 +12719,1795 @@
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D9CC179E302D4BA28AA1E9E09F1BA554"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CECBA621-C471-4C34-AC1B-D8E0F91236DD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="D9CC179E302D4BA28AA1E9E09F1BA55418"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="21957EC285DB4113B76D6D18AF6DDBD9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8F970C57-0D46-4C90-B5A1-F3722B7F853B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="21957EC285DB4113B76D6D18AF6DDBD917"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="61612758B88F4092ACD05CC71912A56C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3F3EFCC8-DE12-418B-B3E3-6A90D1A7592F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="61612758B88F4092ACD05CC71912A56C17"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="515D02F50644468DB30C2516B95A4C69"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D1B8ABF3-A9C0-4847-9176-C6B77CF00A19}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="515D02F50644468DB30C2516B95A4C6917"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B8AB5B92FEA34B3487773A5D749D373F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CE94A7C4-36EE-43C0-A2C6-F9256B05369B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="B8AB5B92FEA34B3487773A5D749D373F16"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75250026094D44F3B11C75CA188D403E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A0CFBD06-CC1F-472F-A43C-9786E40E6019}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="75250026094D44F3B11C75CA188D403E15"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8A914E9AEA9444EDBB54FE714405343B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7F23DC2E-0031-4C66-B6E7-00ECDE2849C8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="8A914E9AEA9444EDBB54FE714405343B14"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC4F0A">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D85F6F7A47C64DA1A73FC34355360BE5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C61E4835-EEE2-4B07-822F-52412C2CCB17}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="D85F6F7A47C64DA1A73FC34355360BE53"/>
           </w:pPr>
           <w:r w:rsidRPr="005960E7">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="26E5347C0C3543F1A7DB0D8CF562A32F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ED76A0C3-E217-4519-8535-A9B94AC1FBF7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="26E5347C0C3543F1A7DB0D8CF562A32F3"/>
           </w:pPr>
           <w:r w:rsidRPr="005960E7">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to </w:t>
-[...8 lines deleted...]
-            <w:t>enter text.</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="969527D1F4DE43C29CDC0F855A27F37C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{647AC0B6-8134-484A-94BB-BA2078A1C2E7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="969527D1F4DE43C29CDC0F855A27F37C3"/>
           </w:pPr>
           <w:r w:rsidRPr="005960E7">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A971F277434B4DE790FC1ECC08380D74"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE225E8D-9D00-4C1F-B8A7-03F6935DC140}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="A971F277434B4DE790FC1ECC08380D743"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="841C6799918244DAB92C16C8DB7C0BC8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{27203154-C268-4964-90A7-5A772E3330F1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="841C6799918244DAB92C16C8DB7C0BC83"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7220EE356BC84E51976B577E114DFB77"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8CC9E9F-7650-4250-9680-41AEE1BF7BC2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="7220EE356BC84E51976B577E114DFB773"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="46586380508F49F2BEFCB0D01BB84731"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F42B5D80-02AD-43CC-83B3-8161D7AC748E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="46586380508F49F2BEFCB0D01BB847313"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="643AFB00F2484F569E5F49E9EC2AEE15"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AC17725E-2FEE-4F76-91A2-F3B8BD391D55}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="643AFB00F2484F569E5F49E9EC2AEE153"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="34FCE5C887B741C792E604521D38E9DE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BE0C2B58-0666-4AE4-B252-015635944D54}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="34FCE5C887B741C792E604521D38E9DE3"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="218B40E856B7419B8BFC6915C452CEC0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F45C391F-472A-40DD-8004-8B9967B74854}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="218B40E856B7419B8BFC6915C452CEC03"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="73AE22EA0FE84B46803EEE9EF3ED9C48"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E0FA437D-2E2B-426E-8F8D-65CE4B5D25C6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="73AE22EA0FE84B46803EEE9EF3ED9C48"/>
           </w:pPr>
           <w:r w:rsidRPr="00C54A70">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4E098A36709D47DFB695254E68D183AA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0562BC20-A88C-4965-952A-AD1A07DEFED6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="4E098A36709D47DFB695254E68D183AA3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7A7C537C7DA04E8E91A17E4EBB981FE9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9C66F71E-148C-4805-83F9-C6BFDD515254}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="7A7C537C7DA04E8E91A17E4EBB981FE93"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C9CF1CCCEC9B467BABB07CA11AF7B8E4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{299E6775-FF34-4CC6-AE99-624AF303BF21}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="C9CF1CCCEC9B467BABB07CA11AF7B8E43"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="81D8BE2FE097483E952670BB18843149"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DED7E317-9359-4BD3-B1D2-AE8725B8330D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="81D8BE2FE097483E952670BB188431493"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D18A569FBBB742F7824A87E0C651401F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{78779406-5406-4D38-BD6A-AA54CE796DA6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="D18A569FBBB742F7824A87E0C651401F3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7A9102D6625C4E4FA68D141ED4EE5BB0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A851CCD6-08A6-4717-883B-D72C3BB07604}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="7A9102D6625C4E4FA68D141ED4EE5BB03"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="93AB591387B7437AADF346D2C8EF0AEF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1FCE17F9-0D13-4AD8-A57A-53ECD57A76FC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="93AB591387B7437AADF346D2C8EF0AEF3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FD8783399C9A44B3A374BC2A8A81F42C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B88F27A4-EF30-4845-8A47-EB6D47E0B1B2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="FD8783399C9A44B3A374BC2A8A81F42C3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4F370E26F4C945B4B57855015AACFF4B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3203BA3F-D8D7-4A58-9A93-8BD8E76506B8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="4F370E26F4C945B4B57855015AACFF4B3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or </w:t>
-[...8 lines deleted...]
-            <w:t>tap here</w:t>
+            <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="99AF17A02AF24151A9A8C23EE6802665"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ABE5AEEF-2B48-413B-9FDC-9B016C5C5829}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="99AF17A02AF24151A9A8C23EE68026653"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="21E2DC3F5395471DBC119E37DAFF6972"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{135DC28D-3E57-4E1B-BDF3-4139B630370C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="21E2DC3F5395471DBC119E37DAFF69723"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA52D3D5F0FC40A78F00FA9876803DCB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA22FF37-DB70-4088-92F2-45B8F78FC341}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="AA52D3D5F0FC40A78F00FA9876803DCB3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6064689901A64A9CACBDF14EFFD8B429"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{929153AE-98FC-4019-8486-64C4D8E3E719}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="6064689901A64A9CACBDF14EFFD8B4293"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8466F9FCE8654482A4066B78769681A1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E562669-4C44-45BA-AEA6-52943DD9A37C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="8466F9FCE8654482A4066B78769681A13"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="535E3AADEF6645128B43BB7A5EA29CDB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{862CDCF7-3F4B-4018-AADE-0B228EFB2701}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="535E3AADEF6645128B43BB7A5EA29CDB3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="908C9A83225A428D9D1B6B30C32A6CA1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{935F6E4B-27D9-4C4A-BEB4-96F7C9CB7D55}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="908C9A83225A428D9D1B6B30C32A6CA13"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F5375C83D8234E1DB5B60CD28365CB4A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2BA8B2E6-E0A1-4B46-BFD5-64A1BF59D630}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="F5375C83D8234E1DB5B60CD28365CB4A3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="85CD9F9406A84CD3A588012E58F5F578"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FE5FBDF4-4611-41D1-AF14-C1629EEF9F9A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="85CD9F9406A84CD3A588012E58F5F5783"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4D541B182C0F472EA9C8DAC205214925"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6FB3358C-10A5-436E-8D57-8394814CE69A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="4D541B182C0F472EA9C8DAC2052149253"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="96C4ED53D9B24A628512308C1FF856B5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6A4BF2D9-028C-44BC-AADF-28FC9152297C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="96C4ED53D9B24A628512308C1FF856B53"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="31C71F5CC40B4BD1B6A68C6C1B7D6AA0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CA35185B-E26A-41DD-B771-CC3B4BE5FB60}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="31C71F5CC40B4BD1B6A68C6C1B7D6AA03"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DD225ED37EE946A196A5F5C78A2AA2A4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{19B28885-A11A-441C-BB84-CD82C0673511}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="DD225ED37EE946A196A5F5C78A2AA2A43"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9F956CD9E84C405D816876325E23043E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E9F64FA4-3600-475B-9093-5D02C18F9FBB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="9F956CD9E84C405D816876325E23043E3"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB63B5AC8A084025924E9E76BBE49B81"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B2B46C39-F5E4-4A19-BF80-FF72FB66F6F1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="CB63B5AC8A084025924E9E76BBE49B813"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="359B8FD8AFE94901B44BD7B3225B99BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2F81AE3A-E4CF-4ED3-B9B2-E7839232CCBE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="359B8FD8AFE94901B44BD7B3225B99BE3"/>
           </w:pPr>
           <w:r w:rsidRPr="005960E7">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
-          </w:r>
-[...63 lines deleted...]
-            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AE8DC59BAEAB4F308C719DA4735D9581"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F32D357A-E45B-44FC-9882-747A526AC9F5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="AE8DC59BAEAB4F308C719DA4735D9581"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4376880FF4F548DEB4C62871C57475E1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CEDF7B6C-B867-47EE-8BAA-98AAC030BB19}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="4376880FF4F548DEB4C62871C57475E12"/>
           </w:pPr>
           <w:r w:rsidRPr="003F5892">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">Click </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>h</w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>e</w:t>
           </w:r>
           <w:r w:rsidRPr="003F5892">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">re to </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>a</w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>dd</w:t>
           </w:r>
           <w:r w:rsidRPr="003F5892">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:u w:val="single"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve"> text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="22611EBC14234ECFB51CCA8ABAEE8F3E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D70C027E-B801-432C-A00F-370968070995}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="22611EBC14234ECFB51CCA8ABAEE8F3E"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...8 lines deleted...]
-            <w:t>text.</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="202C9C78D24743349F8A5B9695075338"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{24DD94E8-C5EA-41A6-9409-8284E33704A7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="202C9C78D24743349F8A5B9695075338"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5CCC13FF460449F8942C8AE995BC495B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6D22847B-54F8-4EE9-A654-86C266ED525A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004925D8" w:rsidRDefault="004925D8">
           <w:pPr>
             <w:pStyle w:val="5CCC13FF460449F8942C8AE995BC495B"/>
           </w:pPr>
           <w:r w:rsidRPr="000F2C58">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
               <w:i/>
               <w:iCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="241CCC442B2F49899CC13BAA5BD06913"/>
+        <w:category>
+          <w:name w:val="Yleiset"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DEDB915B-165B-49CF-A3E8-788584179BC0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DF06CB" w:rsidRDefault="005E3888" w:rsidP="005E3888">
+          <w:pPr>
+            <w:pStyle w:val="241CCC442B2F49899CC13BAA5BD06913"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005960E7">
+            <w:rPr>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
+              <w:i/>
+              <w:iCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B99869A7DC2D468FBD2D47AFE9716541"/>
+        <w:category>
+          <w:name w:val="Yleiset"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B9727282-1209-47CA-92D2-2BCB7AE13C59}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DF06CB" w:rsidRDefault="005E3888" w:rsidP="005E3888">
+          <w:pPr>
+            <w:pStyle w:val="B99869A7DC2D468FBD2D47AFE9716541"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005960E7">
+            <w:rPr>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
+              <w:i/>
+              <w:iCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F28555D525234B839C2D56E74322653F"/>
+        <w:category>
+          <w:name w:val="Yleiset"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{66703E97-849C-4749-8B08-C71A6A2F1789}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DF06CB" w:rsidRDefault="005E3888" w:rsidP="005E3888">
+          <w:pPr>
+            <w:pStyle w:val="F28555D525234B839C2D56E74322653F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC4F0A">
+            <w:rPr>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
+              <w:i/>
+              <w:iCs/>
+              <w:u w:val="single"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2F1B8030DC18489398E41175FC7429D4"/>
+        <w:category>
+          <w:name w:val="Yleiset"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{74C5AF62-9ACB-41FC-878A-ED959C3B5C2A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DF06CB" w:rsidRDefault="005E3888" w:rsidP="005E3888">
+          <w:pPr>
+            <w:pStyle w:val="2F1B8030DC18489398E41175FC7429D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005960E7">
+            <w:rPr>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
+              <w:i/>
+              <w:iCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3A471D9638EE4933864B0C3A12F03D8C"/>
+        <w:category>
+          <w:name w:val="Yleiset"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{275EDE9A-9380-4087-92D1-43DD9005B5F9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A1D4A" w:rsidRDefault="00960F10" w:rsidP="00960F10">
+          <w:pPr>
+            <w:pStyle w:val="3A471D9638EE4933864B0C3A12F03D8C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005960E7">
+            <w:rPr>
+              <w:rStyle w:val="Paikkamerkkiteksti"/>
+              <w:i/>
+              <w:iCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -13653,86 +14543,92 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D718BE"/>
     <w:rsid w:val="00310391"/>
+    <w:rsid w:val="003A1D4A"/>
     <w:rsid w:val="004925D8"/>
     <w:rsid w:val="005B1A94"/>
+    <w:rsid w:val="005E3888"/>
+    <w:rsid w:val="005F0F05"/>
     <w:rsid w:val="00825CB1"/>
+    <w:rsid w:val="00960F10"/>
+    <w:rsid w:val="00AA2A45"/>
     <w:rsid w:val="00D718BE"/>
+    <w:rsid w:val="00DF06CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-FI"/>
+  <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-FI" w:eastAsia="en-FI" w:bidi="ar-SA"/>
+        <w:lang w:val="fi-FI" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14076,1046 +14972,1171 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normaali">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Kappaleenoletusfontti">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaalitaulukko">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Eiluetteloa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Paikkamerkkiteksti">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:rsid w:val="00960F10"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ng-directive">
     <w:name w:val="ng-directive"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Kappaleenoletusfontti"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="73AE22EA0FE84B46803EEE9EF3ED9C48">
     <w:name w:val="73AE22EA0FE84B46803EEE9EF3ED9C48"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE8DC59BAEAB4F308C719DA4735D9581">
     <w:name w:val="AE8DC59BAEAB4F308C719DA4735D9581"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F084CA7925EE43EE85F7C6B828CDD47D5">
     <w:name w:val="F084CA7925EE43EE85F7C6B828CDD47D5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6FC8AA3317F47BF8CEA88CB64D8A68E5">
     <w:name w:val="F6FC8AA3317F47BF8CEA88CB64D8A68E5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="009ADD00AF9945B4BFB23C35922E3BF820">
     <w:name w:val="009ADD00AF9945B4BFB23C35922E3BF820"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="39A31D1CABA94514A798CE57B69A183620">
     <w:name w:val="39A31D1CABA94514A798CE57B69A183620"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0C394DCE8CA47B79363E1B1075FD34D20">
     <w:name w:val="B0C394DCE8CA47B79363E1B1075FD34D20"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4376880FF4F548DEB4C62871C57475E12">
     <w:name w:val="4376880FF4F548DEB4C62871C57475E12"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="017D7C5F637147CBBC05C81F92F4B48221">
     <w:name w:val="017D7C5F637147CBBC05C81F92F4B48221"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A534A6D61F04955A9CA1C537A16EF1A20">
     <w:name w:val="9A534A6D61F04955A9CA1C537A16EF1A20"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8D15E5260084D318949FE1E758065D420">
     <w:name w:val="E8D15E5260084D318949FE1E758065D420"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD66BC244CA441DF93966B6B27B8BFCA21">
     <w:name w:val="DD66BC244CA441DF93966B6B27B8BFCA21"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCEE983B1C15437ABB2D8B9DE472982320">
     <w:name w:val="BCEE983B1C15437ABB2D8B9DE472982320"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E73C5301E73C4119AD960F53BBAF7FC620">
     <w:name w:val="E73C5301E73C4119AD960F53BBAF7FC620"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AC5F5583384FDCA83792401EFE35BF20">
     <w:name w:val="B8AC5F5583384FDCA83792401EFE35BF20"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="08610E242C754A9AA0A9ECE926FE4D2920">
     <w:name w:val="08610E242C754A9AA0A9ECE926FE4D2920"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="089930E26A11479A8FA1B470E487ACC820">
     <w:name w:val="089930E26A11479A8FA1B470E487ACC820"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C5F5F0990F84E3AAFEDD202AE8BD82D21">
     <w:name w:val="2C5F5F0990F84E3AAFEDD202AE8BD82D21"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CC63C3C9143407F964D775659EF523F21">
     <w:name w:val="5CC63C3C9143407F964D775659EF523F21"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3DBC19182D2B464C8EBB215997203EE421">
     <w:name w:val="3DBC19182D2B464C8EBB215997203EE421"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8F9F842C79544609610EBED40CF81DC21">
     <w:name w:val="A8F9F842C79544609610EBED40CF81DC21"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="54FB1F2413D04E6BA3BFB6948C4A90A420">
     <w:name w:val="54FB1F2413D04E6BA3BFB6948C4A90A420"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B972AAFA5244A748943B1DEBAE260EA20">
     <w:name w:val="6B972AAFA5244A748943B1DEBAE260EA20"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B4BCCB4BC83407B9283F2D77348C35A20">
     <w:name w:val="9B4BCCB4BC83407B9283F2D77348C35A20"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9CC179E302D4BA28AA1E9E09F1BA55418">
     <w:name w:val="D9CC179E302D4BA28AA1E9E09F1BA55418"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8AB5B92FEA34B3487773A5D749D373F16">
     <w:name w:val="B8AB5B92FEA34B3487773A5D749D373F16"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DDB94BA879244924A89CCCD9D78BBFD118">
     <w:name w:val="DDB94BA879244924A89CCCD9D78BBFD118"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21957EC285DB4113B76D6D18AF6DDBD917">
     <w:name w:val="21957EC285DB4113B76D6D18AF6DDBD917"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="61612758B88F4092ACD05CC71912A56C17">
     <w:name w:val="61612758B88F4092ACD05CC71912A56C17"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="515D02F50644468DB30C2516B95A4C6917">
     <w:name w:val="515D02F50644468DB30C2516B95A4C6917"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="75250026094D44F3B11C75CA188D403E15">
     <w:name w:val="75250026094D44F3B11C75CA188D403E15"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A914E9AEA9444EDBB54FE714405343B14">
     <w:name w:val="8A914E9AEA9444EDBB54FE714405343B14"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A971F277434B4DE790FC1ECC08380D743">
     <w:name w:val="A971F277434B4DE790FC1ECC08380D743"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="841C6799918244DAB92C16C8DB7C0BC83">
     <w:name w:val="841C6799918244DAB92C16C8DB7C0BC83"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7220EE356BC84E51976B577E114DFB773">
     <w:name w:val="7220EE356BC84E51976B577E114DFB773"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="46586380508F49F2BEFCB0D01BB847313">
     <w:name w:val="46586380508F49F2BEFCB0D01BB847313"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="643AFB00F2484F569E5F49E9EC2AEE153">
     <w:name w:val="643AFB00F2484F569E5F49E9EC2AEE153"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="34FCE5C887B741C792E604521D38E9DE3">
     <w:name w:val="34FCE5C887B741C792E604521D38E9DE3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="218B40E856B7419B8BFC6915C452CEC03">
     <w:name w:val="218B40E856B7419B8BFC6915C452CEC03"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E098A36709D47DFB695254E68D183AA3">
     <w:name w:val="4E098A36709D47DFB695254E68D183AA3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A7C537C7DA04E8E91A17E4EBB981FE93">
     <w:name w:val="7A7C537C7DA04E8E91A17E4EBB981FE93"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9CF1CCCEC9B467BABB07CA11AF7B8E43">
     <w:name w:val="C9CF1CCCEC9B467BABB07CA11AF7B8E43"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="81D8BE2FE097483E952670BB188431493">
     <w:name w:val="81D8BE2FE097483E952670BB188431493"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D18A569FBBB742F7824A87E0C651401F3">
     <w:name w:val="D18A569FBBB742F7824A87E0C651401F3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A9102D6625C4E4FA68D141ED4EE5BB03">
     <w:name w:val="7A9102D6625C4E4FA68D141ED4EE5BB03"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="93AB591387B7437AADF346D2C8EF0AEF3">
     <w:name w:val="93AB591387B7437AADF346D2C8EF0AEF3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD8783399C9A44B3A374BC2A8A81F42C3">
     <w:name w:val="FD8783399C9A44B3A374BC2A8A81F42C3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F370E26F4C945B4B57855015AACFF4B3">
     <w:name w:val="4F370E26F4C945B4B57855015AACFF4B3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="99AF17A02AF24151A9A8C23EE68026653">
     <w:name w:val="99AF17A02AF24151A9A8C23EE68026653"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21E2DC3F5395471DBC119E37DAFF69723">
     <w:name w:val="21E2DC3F5395471DBC119E37DAFF69723"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA52D3D5F0FC40A78F00FA9876803DCB3">
     <w:name w:val="AA52D3D5F0FC40A78F00FA9876803DCB3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6064689901A64A9CACBDF14EFFD8B4293">
     <w:name w:val="6064689901A64A9CACBDF14EFFD8B4293"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8466F9FCE8654482A4066B78769681A13">
     <w:name w:val="8466F9FCE8654482A4066B78769681A13"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="535E3AADEF6645128B43BB7A5EA29CDB3">
     <w:name w:val="535E3AADEF6645128B43BB7A5EA29CDB3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="908C9A83225A428D9D1B6B30C32A6CA13">
     <w:name w:val="908C9A83225A428D9D1B6B30C32A6CA13"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5375C83D8234E1DB5B60CD28365CB4A3">
     <w:name w:val="F5375C83D8234E1DB5B60CD28365CB4A3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="85CD9F9406A84CD3A588012E58F5F5783">
     <w:name w:val="85CD9F9406A84CD3A588012E58F5F5783"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D541B182C0F472EA9C8DAC2052149253">
     <w:name w:val="4D541B182C0F472EA9C8DAC2052149253"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="96C4ED53D9B24A628512308C1FF856B53">
     <w:name w:val="96C4ED53D9B24A628512308C1FF856B53"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="31C71F5CC40B4BD1B6A68C6C1B7D6AA03">
     <w:name w:val="31C71F5CC40B4BD1B6A68C6C1B7D6AA03"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD225ED37EE946A196A5F5C78A2AA2A43">
     <w:name w:val="DD225ED37EE946A196A5F5C78A2AA2A43"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F956CD9E84C405D816876325E23043E3">
     <w:name w:val="9F956CD9E84C405D816876325E23043E3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB63B5AC8A084025924E9E76BBE49B813">
     <w:name w:val="CB63B5AC8A084025924E9E76BBE49B813"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="359B8FD8AFE94901B44BD7B3225B99BE3">
     <w:name w:val="359B8FD8AFE94901B44BD7B3225B99BE3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DEE047F41484716B332D779A86481943">
     <w:name w:val="0DEE047F41484716B332D779A86481943"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71D2129DB1E34B2F879676688904BE8A3">
     <w:name w:val="71D2129DB1E34B2F879676688904BE8A3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26E5347C0C3543F1A7DB0D8CF562A32F3">
     <w:name w:val="26E5347C0C3543F1A7DB0D8CF562A32F3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="969527D1F4DE43C29CDC0F855A27F37C3">
     <w:name w:val="969527D1F4DE43C29CDC0F855A27F37C3"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D85F6F7A47C64DA1A73FC34355360BE53">
     <w:name w:val="D85F6F7A47C64DA1A73FC34355360BE53"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="fi-FI" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="22611EBC14234ECFB51CCA8ABAEE8F3E">
     <w:name w:val="22611EBC14234ECFB51CCA8ABAEE8F3E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="202C9C78D24743349F8A5B9695075338">
     <w:name w:val="202C9C78D24743349F8A5B9695075338"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CCC13FF460449F8942C8AE995BC495B">
     <w:name w:val="5CCC13FF460449F8942C8AE995BC495B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9BFDF5308254B309B5DC08DC1A48CE7">
+    <w:name w:val="C9BFDF5308254B309B5DC08DC1A48CE7"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8B55ADEA21D4B5A9407DF07394EDE01">
+    <w:name w:val="F8B55ADEA21D4B5A9407DF07394EDE01"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E281826D3B94D52A6BD272494A0F3B4">
+    <w:name w:val="0E281826D3B94D52A6BD272494A0F3B4"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="241CCC442B2F49899CC13BAA5BD06913">
+    <w:name w:val="241CCC442B2F49899CC13BAA5BD06913"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B99869A7DC2D468FBD2D47AFE9716541">
+    <w:name w:val="B99869A7DC2D468FBD2D47AFE9716541"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F28555D525234B839C2D56E74322653F">
+    <w:name w:val="F28555D525234B839C2D56E74322653F"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94AE837428B94CA0B7E62F7E7DA93881">
+    <w:name w:val="94AE837428B94CA0B7E62F7E7DA93881"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A007D18CC7A84B239154B501BE2C2691">
+    <w:name w:val="A007D18CC7A84B239154B501BE2C2691"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="245C1E34D7D944C28D43DCB802972C05">
+    <w:name w:val="245C1E34D7D944C28D43DCB802972C05"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="518882CF874D4DD49A52727BB0BD9191">
+    <w:name w:val="518882CF874D4DD49A52727BB0BD9191"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD52C10EFC5A443BB29FB09C5808BD98">
+    <w:name w:val="AD52C10EFC5A443BB29FB09C5808BD98"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EEF2B6BF755D47339938BDC43B287490">
+    <w:name w:val="EEF2B6BF755D47339938BDC43B287490"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06EE0FDE18DC4503A64737C3B6C000C8">
+    <w:name w:val="06EE0FDE18DC4503A64737C3B6C000C8"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E459F8EF69A4889890A47107F1326A8">
+    <w:name w:val="7E459F8EF69A4889890A47107F1326A8"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="370AC027FDDF4185989A00084EB1F74E">
+    <w:name w:val="370AC027FDDF4185989A00084EB1F74E"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E64F935A3C0647AAA2B69CE097FC2544">
+    <w:name w:val="E64F935A3C0647AAA2B69CE097FC2544"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC6BCB4CA04F44D6AB150E2292A18A8D">
+    <w:name w:val="BC6BCB4CA04F44D6AB150E2292A18A8D"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1E920E5591B4C73BCDC1C45A887615E">
+    <w:name w:val="E1E920E5591B4C73BCDC1C45A887615E"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD742910CEF8452295DA8636039F7049">
+    <w:name w:val="FD742910CEF8452295DA8636039F7049"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC017705DFA742ADA101C15490CD7025">
+    <w:name w:val="EC017705DFA742ADA101C15490CD7025"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7359F8E09F384A1F9E15878257207E8B">
+    <w:name w:val="7359F8E09F384A1F9E15878257207E8B"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0404757B399E494BBE3E4436CE99E95F">
+    <w:name w:val="0404757B399E494BBE3E4436CE99E95F"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7B85847D21C46778D1E6B0174A1561A">
+    <w:name w:val="F7B85847D21C46778D1E6B0174A1561A"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F1B8030DC18489398E41175FC7429D4">
+    <w:name w:val="2F1B8030DC18489398E41175FC7429D4"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2A0BD985AA64427A64D059840C30819">
+    <w:name w:val="E2A0BD985AA64427A64D059840C30819"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8444F9698F914A03B37C0826270A35CD">
+    <w:name w:val="8444F9698F914A03B37C0826270A35CD"/>
+    <w:rsid w:val="005E3888"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F80F7A50A714045A85ECFC61BF2D615">
+    <w:name w:val="8F80F7A50A714045A85ECFC61BF2D615"/>
+    <w:rsid w:val="00960F10"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EA6AEAE2EC046E1ADEF6806714EBC14">
+    <w:name w:val="7EA6AEAE2EC046E1ADEF6806714EBC14"/>
+    <w:rsid w:val="00960F10"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7E8FC657D0C490B8341494370ED3CD2">
+    <w:name w:val="B7E8FC657D0C490B8341494370ED3CD2"/>
+    <w:rsid w:val="00960F10"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4712975A5B374EC58025C57412E8B7E6">
+    <w:name w:val="4712975A5B374EC58025C57412E8B7E6"/>
+    <w:rsid w:val="00960F10"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A471D9638EE4933864B0C3A12F03D8C">
+    <w:name w:val="3A471D9638EE4933864B0C3A12F03D8C"/>
+    <w:rsid w:val="00960F10"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -15398,76 +16419,83 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D7D80EB-A5C7-405C-B221-CA8B32A87ABB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7955</Characters>
+  <Pages>8</Pages>
+  <Words>1045</Words>
+  <Characters>8473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Otsikko</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8920</CharactersWithSpaces>
+  <CharactersWithSpaces>9500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tanja Mitchell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>efff68f8e0c90adaf2298c8b65751375fb9208001d08c2fbff670bf4b962e991</vt:lpwstr>